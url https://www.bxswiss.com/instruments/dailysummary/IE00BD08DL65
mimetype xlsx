--- v0 (2025-10-15)
+++ v1 (2025-11-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25c55540e2ed4ac9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R544f6542ec8d4596" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5fbd068c4d554df5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R350e3bf9a3c24b5f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50fa57206724457e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5fbd068c4d554df5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0691b9ded5b8465d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R350e3bf9a3c24b5f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (Irl) ETF plc MSCI USA UCITS ETF (USD) A-UKdis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD08DL65</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...215 lines deleted...]
-          <x:t>25.09.2025</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28,004</x:t>
-[...360 lines deleted...]
-          <x:t>28,030</x:t>
+          <x:t>28,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,639</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>