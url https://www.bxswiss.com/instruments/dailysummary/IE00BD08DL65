--- v1 (2025-11-26)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R544f6542ec8d4596" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9acf043204f45f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R350e3bf9a3c24b5f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e3e723a1387410b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0691b9ded5b8465d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R350e3bf9a3c24b5f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R719deda3487c49d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e3e723a1387410b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (Irl) ETF plc MSCI USA UCITS ETF (USD) A-UKdis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD08DL65</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,828</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28,876</x:t>
-[...58 lines deleted...]
-          <x:t>28,961</x:t>
+          <x:t>28,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,259</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,028</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...509 lines deleted...]
-          <x:t>28,639</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,437</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>