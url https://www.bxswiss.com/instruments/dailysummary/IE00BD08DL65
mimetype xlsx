--- v2 (2026-01-11)
+++ v3 (2026-02-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9acf043204f45f2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6632488e2080478a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e3e723a1387410b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra14194bb48af48df"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R719deda3487c49d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e3e723a1387410b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89bc694e04264445" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra14194bb48af48df" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (Irl) ETF plc MSCI USA UCITS ETF (USD) A-UKdis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD08DL65</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...301 lines deleted...]
-          <x:t>28,723</x:t>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,729</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,812</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...141 lines deleted...]
-          <x:t>29,437</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,785</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>