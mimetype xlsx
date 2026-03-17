--- v3 (2026-02-24)
+++ v4 (2026-03-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6632488e2080478a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9217a9fcb7b4796" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra14194bb48af48df"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R801b480f8817418a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89bc694e04264445" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra14194bb48af48df" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d7c3b1c2d814f2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R801b480f8817418a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (Irl) ETF plc MSCI USA UCITS ETF (USD) A-UKdis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD08DL65</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.01.2026</x:t>
-[...269 lines deleted...]
-          <x:t>06.02.2026</x:t>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,563</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,792</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...180 lines deleted...]
-          <x:t>17.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,559</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27,771</x:t>
-[...97 lines deleted...]
-          <x:t>23.02.2026</x:t>
+          <x:t>27,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,709</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,844</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28,148</x:t>
-[...9 lines deleted...]
-          <x:t>27,785</x:t>
+          <x:t>27,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,686</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>