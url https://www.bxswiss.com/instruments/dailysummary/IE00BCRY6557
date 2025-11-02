--- v0 (2025-10-12)
+++ v1 (2025-11-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b915738e46343e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re73535eb67084a38" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1748d48dd9d4348"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8cf6c4b119374f4e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbed0a4341a0a43dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1748d48dd9d4348" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R022df527fdf8464f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8cf6c4b119374f4e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV EUR Ultrashort Bond UCITS ETF EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BCRY6557</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,502 +149,97 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...350 lines deleted...]
-          <x:t>29.09.2025</x:t>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,156</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,956</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,154</x:t>
-[...89 lines deleted...]
-        <x:is>
           <x:t>94,970</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,079</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,119</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,869</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,923</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,971</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,581</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,312</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>