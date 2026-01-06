--- v1 (2025-11-02)
+++ v2 (2026-01-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re73535eb67084a38" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60fe215b6420416c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8cf6c4b119374f4e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re271e2d9103544f4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R022df527fdf8464f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8cf6c4b119374f4e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd7321da61dc4d4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re271e2d9103544f4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV EUR Ultrashort Bond UCITS ETF EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BCRY6557</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...360 lines deleted...]
-          <x:t>94,286</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,649</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,740</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...153 lines deleted...]
-          <x:t>94,335</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,051</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,096</x:t>
-[...80 lines deleted...]
-          <x:t>94,312</x:t>
+          <x:t>93,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,929</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>