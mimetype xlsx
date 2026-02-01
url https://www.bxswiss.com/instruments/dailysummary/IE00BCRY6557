--- v2 (2026-01-06)
+++ v3 (2026-02-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60fe215b6420416c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R435d4618ea1948a2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re271e2d9103544f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R294cda58705a4913"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd7321da61dc4d4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re271e2d9103544f4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf15dcccddd344a84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R294cda58705a4913" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV EUR Ultrashort Bond UCITS ETF EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BCRY6557</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...107 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,033</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,080</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...82 lines deleted...]
-          <x:t>94,348</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,024</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,181</x:t>
-[...195 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>94,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,688</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,692</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...11 lines deleted...]
-          <x:t>93,929</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,591</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>