--- v3 (2026-02-01)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R435d4618ea1948a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99a435e7247e493e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R294cda58705a4913"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1e489091f084397"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf15dcccddd344a84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R294cda58705a4913" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3a8957aff614ba2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1e489091f084397" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV EUR Ultrashort Bond UCITS ETF EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BCRY6557</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,451 +149,127 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,688</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,692</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...364 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,233</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,259</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,923</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,127</x:t>
@@ -683,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,667</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,749</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,468</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,458</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>