--- v0 (2025-10-16)
+++ v1 (2025-11-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73dacf2fbdb5491a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R463738c9a15e49d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb87a1e7df2c64c88"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae11d91c3a054a10"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa05e1fb01b64687" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb87a1e7df2c64c88" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20b3bac69d014c45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae11d91c3a054a10" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV USD Short Duration High Yield Corporate Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BCRY6003</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>71,360</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,088</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>71,130</x:t>
-[...330 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>71,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,088</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,442</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>71,724</x:t>
-[...139 lines deleted...]
-          <x:t>71,674</x:t>
+          <x:t>72,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,999</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>71,572</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,699</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>