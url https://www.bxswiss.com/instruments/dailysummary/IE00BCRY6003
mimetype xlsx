--- v1 (2025-11-26)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R463738c9a15e49d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05a53bccaa704b56" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae11d91c3a054a10"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93cb798fcc22441f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20b3bac69d014c45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae11d91c3a054a10" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R783a7cf145394f27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93cb798fcc22441f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV USD Short Duration High Yield Corporate Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BCRY6003</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>72,699</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,232</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>