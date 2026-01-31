--- v2 (2026-01-08)
+++ v3 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05a53bccaa704b56" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5bd7e48b0d74315" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93cb798fcc22441f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad1c9eb845fb4164"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R783a7cf145394f27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93cb798fcc22441f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9607cb29f80467e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad1c9eb845fb4164" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV USD Short Duration High Yield Corporate Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BCRY6003</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...306 lines deleted...]
-          <x:t>69,396</x:t>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,752</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,014</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>69,195</x:t>
-[...134 lines deleted...]
-          <x:t>70,232</x:t>
+          <x:t>67,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,004</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>