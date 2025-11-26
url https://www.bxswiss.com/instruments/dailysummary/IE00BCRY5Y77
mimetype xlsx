--- v0 (2025-10-15)
+++ v1 (2025-11-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3957da76b764673" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f09dbf355474d67" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86c453d934c941ec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R485ff5f716e147c9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c5af45aa8f94339" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86c453d934c941ec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R444774a3e38f40e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R485ff5f716e147c9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV USD Short Duration Corporate Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BCRY5Y77</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...252 lines deleted...]
-          <x:t>80,611</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,754</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,154</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>80,368</x:t>
-[...350 lines deleted...]
-          <x:t>80,771</x:t>
+          <x:t>80,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,073</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>