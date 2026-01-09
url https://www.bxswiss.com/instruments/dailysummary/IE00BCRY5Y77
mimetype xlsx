--- v1 (2025-11-26)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f09dbf355474d67" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e2aeab6e68c49db" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R485ff5f716e147c9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa2b682d6f284ffa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R444774a3e38f40e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R485ff5f716e147c9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39734276f22b4ee9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa2b682d6f284ffa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV USD Short Duration Corporate Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BCRY5Y77</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,772</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>80,807</x:t>
-[...576 lines deleted...]
-          <x:t>82,073</x:t>
+          <x:t>80,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,912</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>