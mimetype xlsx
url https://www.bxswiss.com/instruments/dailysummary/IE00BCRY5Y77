--- v2 (2026-01-09)
+++ v3 (2026-02-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e2aeab6e68c49db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e7250532cec47b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa2b682d6f284ffa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R755f449ea6364061"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39734276f22b4ee9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa2b682d6f284ffa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fae1a19a57a4dde" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R755f449ea6364061" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV USD Short Duration Corporate Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BCRY5Y77</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...139 lines deleted...]
-          <x:t>80,083</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,322</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>80,106</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,177</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,364</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...158 lines deleted...]
-          <x:t>80,447</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,944</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>80,024</x:t>
-[...107 lines deleted...]
-          <x:t>80,912</x:t>
+          <x:t>80,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,830</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>