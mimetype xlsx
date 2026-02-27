--- v3 (2026-02-06)
+++ v4 (2026-02-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e7250532cec47b7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R897002e3e07c44d5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R755f449ea6364061"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0876ab93f214ad6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fae1a19a57a4dde" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R755f449ea6364061" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c03716f1b8345ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0876ab93f214ad6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV USD Short Duration Corporate Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BCRY5Y77</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,744</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,144</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,385</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>05.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,406</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,697</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>