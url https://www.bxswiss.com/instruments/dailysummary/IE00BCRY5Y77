--- v4 (2026-02-27)
+++ v5 (2026-03-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R897002e3e07c44d5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96c93092b0434eb1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0876ab93f214ad6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0eaa52de85f14a7d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c03716f1b8345ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0876ab93f214ad6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re302ff0188f94360" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0eaa52de85f14a7d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV USD Short Duration Corporate Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BCRY5Y77</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,610 +149,205 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...166 lines deleted...]
-          <x:t>78,635</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,841</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>78,307</x:t>
-[...75 lines deleted...]
-          <x:t>79,043</x:t>
+          <x:t>78,981</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>78,592</x:t>
-[...92 lines deleted...]
-          <x:t>78,352</x:t>
+          <x:t>78,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,946</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,413</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>77,752</x:t>
-[...192 lines deleted...]
-        <x:is>
           <x:t>78,668</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,879</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,593</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,419</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,906</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,419</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,702</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>