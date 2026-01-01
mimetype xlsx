--- v0 (2025-10-11)
+++ v1 (2026-01-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R364e75caf73f491e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3fd7d21911ab4f8f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0101dd2ccbc74920"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R053ae6e8da874865"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05795e76213847ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0101dd2ccbc74920" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R28cae5c6232e4e30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R053ae6e8da874865" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares MSCI Japan USD Hedged UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BCLWRG39</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>71,954</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,316</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>