--- v1 (2026-01-01)
+++ v2 (2026-02-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3fd7d21911ab4f8f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57c43cd1d0c44445" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R053ae6e8da874865"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re13db26ff7c0420c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R28cae5c6232e4e30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R053ae6e8da874865" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2272238ad7564507" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re13db26ff7c0420c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares MSCI Japan USD Hedged UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BCLWRG39</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...505 lines deleted...]
-          <x:t>78,316</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,904</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>