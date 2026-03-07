--- v2 (2026-02-13)
+++ v3 (2026-03-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57c43cd1d0c44445" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbc1c94aaafc4f5e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re13db26ff7c0420c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38968a42d55b4f2c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2272238ad7564507" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re13db26ff7c0420c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7cb04cbe7724941" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38968a42d55b4f2c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares MSCI Japan USD Hedged UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BCLWRG39</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,600 +149,168 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...58 lines deleted...]
-          <x:t>84,946</x:t>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,158</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>83,873</x:t>
-[...479 lines deleted...]
-        <x:is>
           <x:t>85,739</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,442</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,466</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,270</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,952</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,838</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,474</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>