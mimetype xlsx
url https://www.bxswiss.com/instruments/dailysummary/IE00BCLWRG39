--- v3 (2026-03-07)
+++ v4 (2026-03-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbc1c94aaafc4f5e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ebd8a6efeef466c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38968a42d55b4f2c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R481295a547ec4cd9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7cb04cbe7724941" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38968a42d55b4f2c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30fe3e975c784934" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R481295a547ec4cd9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares MSCI Japan USD Hedged UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BCLWRG39</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,505 +149,127 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.02.2026</x:t>
-[...166 lines deleted...]
-          <x:t>86,531</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,428</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,570</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...278 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,064</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,021</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,913</x:t>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,874</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,252</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,342</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,443</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>