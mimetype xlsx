--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf50e171fd79455d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd561cb2962e046e1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc508089e69a14df0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree22791263d24754"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7c2ec86e61e421c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc508089e69a14df0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd2c13c147a14a9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree22791263d24754" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI EMU Large Cap UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BCLWRF22</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,193</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,791</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,987</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,039</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,604</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,039</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,906</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>