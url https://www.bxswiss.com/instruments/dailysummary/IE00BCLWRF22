--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd561cb2962e046e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd9578cf57344f37" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree22791263d24754"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5aa7b35deb5466c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,513 +91,108 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd2c13c147a14a9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree22791263d24754" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R702144f5155546db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5aa7b35deb5466c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>iShares IV MSCI EMU Large Cap UCITS ETF Acc</x:t>
+          <x:t>iShares IV MSCI EMU Large Cap UCITS ETF EUR (Acc)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BCLWRF22</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr"/>
     </x:row>
     <x:row>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Date</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,199</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,969</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,203</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,751</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,611</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,890</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>