--- v2 (2025-11-14)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd9578cf57344f37" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b0c83d002f94403" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5aa7b35deb5466c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7d72d2258714545"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R702144f5155546db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5aa7b35deb5466c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d895e6961eb417e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7d72d2258714545" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI EMU Large Cap UCITS ETF EUR (Acc)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BCLWRF22</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...522 lines deleted...]
-          <x:t>67,545</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,649</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>66,733</x:t>
-[...107 lines deleted...]
-          <x:t>68,890</x:t>
+          <x:t>66,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,408</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>