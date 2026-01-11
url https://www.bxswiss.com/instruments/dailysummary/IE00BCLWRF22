--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b0c83d002f94403" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e9aaaa8a89d4cd9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7d72d2258714545"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3feebe67b2024276"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d895e6961eb417e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7d72d2258714545" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc0f5f4fba7c475f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3feebe67b2024276" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI EMU Large Cap UCITS ETF EUR (Acc)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BCLWRF22</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...296 lines deleted...]
-          <x:t>03.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,353</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,445</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...136 lines deleted...]
-          <x:t>68,682</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,123</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,347</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>68,469</x:t>
-[...33 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>69,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>69,519</x:t>
-[...48 lines deleted...]
-          <x:t>68,761</x:t>
+          <x:t>69,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,194</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>68,633</x:t>
-[...85 lines deleted...]
-          <x:t>69,408</x:t>
+          <x:t>69,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,073</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>