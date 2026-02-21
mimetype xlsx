--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e9aaaa8a89d4cd9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra34b1c53acf04db9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3feebe67b2024276"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R103171ad85674308"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc0f5f4fba7c475f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3feebe67b2024276" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R85f2fee0223b4d57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R103171ad85674308" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI EMU Large Cap UCITS ETF EUR (Acc)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BCLWRF22</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...377 lines deleted...]
-          <x:t>07.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,242</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,453</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>71,455</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>71,306</x:t>
-[...53 lines deleted...]
-          <x:t>72,073</x:t>
+          <x:t>72,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,801</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>