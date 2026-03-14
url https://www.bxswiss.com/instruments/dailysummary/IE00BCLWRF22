--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra34b1c53acf04db9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8d5cf5590224cde" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R103171ad85674308"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8526695baf2846c1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R85f2fee0223b4d57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R103171ad85674308" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8c16d2cceb34955" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8526695baf2846c1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI EMU Large Cap UCITS ETF EUR (Acc)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BCLWRF22</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,828</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,243</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,762</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,859</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,142</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,084</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,164</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>