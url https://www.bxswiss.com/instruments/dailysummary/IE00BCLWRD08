--- v0 (2025-10-14)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab201f6335624d51" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fc5dfbde6ad4abd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re348022eae2d415a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc28ad703b52435c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59c5f785f2e34338" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re348022eae2d415a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0bc4b1693fd4b70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc28ad703b52435c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI EMU Mid Cap UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BCLWRD08</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.09.2025</x:t>
-[...387 lines deleted...]
-          <x:t>64,020</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>63,709</x:t>
-[...188 lines deleted...]
-          <x:t>63,022</x:t>
+          <x:t>63,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,656</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>