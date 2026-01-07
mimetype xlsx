--- v1 (2025-11-25)
+++ v2 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fc5dfbde6ad4abd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6aa9cdb8b7b48da" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc28ad703b52435c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rafed407ac97745ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0bc4b1693fd4b70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc28ad703b52435c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfece5aa8cf0546b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rafed407ac97745ba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI EMU Mid Cap UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BCLWRD08</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>62,656</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,731</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>