--- v2 (2026-01-07)
+++ v3 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6aa9cdb8b7b48da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b13bea5f8fb476f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rafed407ac97745ba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d382834f26c4268"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfece5aa8cf0546b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rafed407ac97745ba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac7e24ea6cb44228" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d382834f26c4268" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI EMU Mid Cap UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BCLWRD08</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,401 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...349 lines deleted...]
-        <x:is>
           <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,871</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,268</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,811</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,235</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -575,31 +224,517 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,783</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,331</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,971</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>