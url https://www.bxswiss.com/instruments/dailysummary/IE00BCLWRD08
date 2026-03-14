--- v3 (2026-01-31)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b13bea5f8fb476f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5f55c1a225d4ec3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d382834f26c4268"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdaad74b248a6425b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac7e24ea6cb44228" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d382834f26c4268" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb431d859eca4a5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdaad74b248a6425b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI EMU Mid Cap UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BCLWRD08</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...122 lines deleted...]
-          <x:t>66,532</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,048</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,769</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...111 lines deleted...]
-          <x:t>15.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,203</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,223</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>67,444</x:t>
-[...306 lines deleted...]
-          <x:t>65,971</x:t>
+          <x:t>65,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,750</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>