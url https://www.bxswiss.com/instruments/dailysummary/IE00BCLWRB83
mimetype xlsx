--- v0 (2025-10-12)
+++ v1 (2025-11-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9bc5b4555f8d4cb4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R643c0e82893e4b64" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ef486b86e544c7a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e1c4d0bf5e74794"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7306493ee344d1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ef486b86e544c7a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc189f737e4c461a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e1c4d0bf5e74794" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares USD Corporate Bond Interest Rate Hedged UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BCLWRB83</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...63 lines deleted...]
-          <x:t>83,575</x:t>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,148</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>83,388</x:t>
-[...539 lines deleted...]
-          <x:t>83,721</x:t>
+          <x:t>83,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,167</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>