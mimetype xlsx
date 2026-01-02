--- v1 (2025-11-02)
+++ v2 (2026-01-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R643c0e82893e4b64" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc35511296b67474e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e1c4d0bf5e74794"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf9a140cc09f4942"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc189f737e4c461a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e1c4d0bf5e74794" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40e348fad7f549c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf9a140cc09f4942" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares USD Corporate Bond Interest Rate Hedged UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BCLWRB83</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>84,167</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,618</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>