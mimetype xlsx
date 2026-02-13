--- v2 (2026-01-02)
+++ v3 (2026-02-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc35511296b67474e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f99b13a79d3425f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf9a140cc09f4942"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5b69e690efd49e1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40e348fad7f549c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf9a140cc09f4942" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7577d631ce49469d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5b69e690efd49e1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares USD Corporate Bond Interest Rate Hedged UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BCLWRB83</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...505 lines deleted...]
-          <x:t>82,618</x:t>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,512</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>