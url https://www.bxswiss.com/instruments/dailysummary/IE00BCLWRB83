--- v3 (2026-02-13)
+++ v4 (2026-03-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f99b13a79d3425f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R914a47bd26f04966" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5b69e690efd49e1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c457c3531e546c2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7577d631ce49469d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5b69e690efd49e1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2937c5e476e9496d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c457c3531e546c2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares USD Corporate Bond Interest Rate Hedged UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BCLWRB83</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.01.2026</x:t>
-[...247 lines deleted...]
-          <x:t>82,133</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,168</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>81,391</x:t>
-[...382 lines deleted...]
-          <x:t>80,512</x:t>
+          <x:t>81,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,249</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>