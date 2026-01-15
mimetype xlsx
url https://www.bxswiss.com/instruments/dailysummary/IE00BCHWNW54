--- v0 (2025-12-26)
+++ v1 (2026-01-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43fa4a0b92324ed3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07823247f96a409d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R345d784ac69543f9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66f311da0c7a4bee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a487accc768484a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R345d784ac69543f9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17af40da2c2b480f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66f311da0c7a4bee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI USA Health Care UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BCHWNW54</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,843</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,148</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,301 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,841</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,011</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,566</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,898</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>