--- v1 (2026-01-15)
+++ v2 (2026-02-04)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07823247f96a409d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra55b96982e964772" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66f311da0c7a4bee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R078e112805ab4cd4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17af40da2c2b480f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66f311da0c7a4bee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5158109bf703418b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R078e112805ab4cd4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI USA Health Care UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BCHWNW54</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,293 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...241 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,967</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,236</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,500</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -602,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,821</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,022</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,678</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,762</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>