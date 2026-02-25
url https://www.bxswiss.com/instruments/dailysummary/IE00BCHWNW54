--- v2 (2026-02-04)
+++ v3 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra55b96982e964772" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9784ace364a4c1f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R078e112805ab4cd4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb72a934cb534001"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5158109bf703418b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R078e112805ab4cd4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R480ecd539117497e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb72a934cb534001" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI USA Health Care UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BCHWNW54</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>50,236</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,484</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>49,500</x:t>
-[...566 lines deleted...]
-          <x:t>48,762</x:t>
+          <x:t>48,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,052</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>