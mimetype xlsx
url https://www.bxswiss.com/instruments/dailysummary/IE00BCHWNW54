--- v3 (2026-02-25)
+++ v4 (2026-03-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9784ace364a4c1f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba6f0a29a0954951" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb72a934cb534001"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae50bb96289947de"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R480ecd539117497e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb72a934cb534001" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf49f394d6c3468c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae50bb96289947de" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI USA Health Care UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BCHWNW54</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,484</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,101</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,133</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,267</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,309</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,832</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,651</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>