--- v0 (2025-11-25)
+++ v1 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a22e39d464d4674" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R859f821fd6b346ca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd61d868c51cb490b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcedf77fdb66b46b4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d8ad0c067744bf3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd61d868c51cb490b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R007692c3947b4fdb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcedf77fdb66b46b4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI USA Financials UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BCHWNT26</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>30,856</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,950</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>