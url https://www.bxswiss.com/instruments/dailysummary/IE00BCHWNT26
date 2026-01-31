--- v1 (2026-01-08)
+++ v2 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R859f821fd6b346ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a331722a6b04713" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcedf77fdb66b46b4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0739b00a8494b81"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R007692c3947b4fdb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcedf77fdb66b46b4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5aacae4ffc4415a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0739b00a8494b81" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI USA Financials UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BCHWNT26</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...215 lines deleted...]
-          <x:t>18.12.2025</x:t>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,953</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>32,274</x:t>
-[...225 lines deleted...]
-          <x:t>32,950</x:t>
+          <x:t>31,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,323</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>