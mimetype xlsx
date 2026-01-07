--- v0 (2025-10-11)
+++ v1 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75aa609cf255492c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe25c3a2616d4942" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e5470ef68614c97"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26078b4181ea4dcf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d2cd1ddf10246f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e5470ef68614c97" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c61cc8dd3a74f85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26078b4181ea4dcf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI USA Energy UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BCHWNS19</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.09.2025</x:t>
-[...284 lines deleted...]
-          <x:t>36,175</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,171</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...134 lines deleted...]
-          <x:t>01.10.2025</x:t>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,744</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...200 lines deleted...]
-          <x:t>36,229</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,605</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>