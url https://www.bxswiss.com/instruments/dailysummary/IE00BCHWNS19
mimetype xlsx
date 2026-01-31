--- v1 (2026-01-07)
+++ v2 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe25c3a2616d4942" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6f297144a034b2a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26078b4181ea4dcf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f75b50aa8274dbd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c61cc8dd3a74f85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26078b4181ea4dcf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3adade51200c469f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f75b50aa8274dbd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI USA Energy UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BCHWNS19</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,401 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...349 lines deleted...]
-        <x:is>
           <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,086</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,994</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,169</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -575,31 +224,517 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,986</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,312</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,508</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,064</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>