--- v2 (2026-01-31)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6f297144a034b2a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R985f8169535346e6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f75b50aa8274dbd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R067314f006b64ef3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3adade51200c469f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f75b50aa8274dbd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46b2f48673b8414e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R067314f006b64ef3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI USA Energy UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BCHWNS19</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...559 lines deleted...]
-          <x:t>41,064</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,188</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>