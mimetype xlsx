--- v0 (2025-10-06)
+++ v1 (2025-10-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54d5d85dec4c4c75" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R413f080867594451" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81607302976942c9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red1cfb47e3d048e5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb30e29e73094dc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81607302976942c9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25ae18a11eba4a79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red1cfb47e3d048e5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI World Small Cap UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BCBJG560</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>08.09.2025</x:t>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,290</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...524 lines deleted...]
-          <x:t>100,533</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,074</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>