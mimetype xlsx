--- v1 (2025-10-28)
+++ v2 (2025-11-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R413f080867594451" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebf26941032644ad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red1cfb47e3d048e5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra15e73833b6f421b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25ae18a11eba4a79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red1cfb47e3d048e5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5eab347dbd0b41a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra15e73833b6f421b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI World Small Cap UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BCBJG560</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,068</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,556</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,657</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,257</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +305,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,592</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,742</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,063</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,249</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>