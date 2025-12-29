--- v2 (2025-11-19)
+++ v3 (2025-12-29)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebf26941032644ad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf275dc1dc6b494f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra15e73833b6f421b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f3e434a99864d3c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5eab347dbd0b41a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra15e73833b6f421b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6bd1ef65a3b14368" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f3e434a99864d3c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI World Small Cap UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BCBJG560</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>96,249</x:t>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,369</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>