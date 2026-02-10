--- v3 (2025-12-29)
+++ v4 (2026-02-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf275dc1dc6b494f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R387910d16a044edd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f3e434a99864d3c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R974faf7969994abd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6bd1ef65a3b14368" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f3e434a99864d3c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc319953f71834267" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R974faf7969994abd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI World Small Cap UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BCBJG560</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.11.2025</x:t>
-[...505 lines deleted...]
-          <x:t>102,369</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,688</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>