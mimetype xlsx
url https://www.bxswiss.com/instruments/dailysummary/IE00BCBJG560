--- v4 (2026-02-10)
+++ v5 (2026-03-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R387910d16a044edd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc09753a704a84413" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R974faf7969994abd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32185866ee034a58"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc319953f71834267" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R974faf7969994abd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R158979ecb11d4dc9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32185866ee034a58" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI World Small Cap UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BCBJG560</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...586 lines deleted...]
-          <x:t>107,688</x:t>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,974</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>