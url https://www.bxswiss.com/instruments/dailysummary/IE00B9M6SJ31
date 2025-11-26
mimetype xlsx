--- v0 (2025-10-14)
+++ v1 (2025-11-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ec440c68db747f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11852a7d095746b5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R48b49f21013e4163"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdcb9557c0b6f49c0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b320a0b3ec54ec2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R48b49f21013e4163" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R547d5ffb66ca40d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdcb9557c0b6f49c0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VI Global Corporate Bond EUR Hedged UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B9M6SJ31</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>81,800</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,802</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>