--- v1 (2025-11-26)
+++ v2 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11852a7d095746b5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b9e3d74f6fe4ae8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdcb9557c0b6f49c0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9068419a53f04587"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R547d5ffb66ca40d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdcb9557c0b6f49c0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R930bce16bbe24bb7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9068419a53f04587" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VI Global Corporate Bond EUR Hedged UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B9M6SJ31</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...80 lines deleted...]
-          <x:t>30.10.2025</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,221</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,307</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...185 lines deleted...]
-          <x:t>80,064</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,189</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>80,022</x:t>
-[...53 lines deleted...]
-          <x:t>79,651</x:t>
+          <x:t>79,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,202</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,779</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>80,802</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,161</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>