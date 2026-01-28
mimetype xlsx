--- v2 (2026-01-07)
+++ v3 (2026-01-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b9e3d74f6fe4ae8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60a8b70e5a674a2d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9068419a53f04587"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R350354fefa2c4642"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R930bce16bbe24bb7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9068419a53f04587" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7bc56706672a4802" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R350354fefa2c4642" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VI Global Corporate Bond EUR Hedged UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B9M6SJ31</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...112 lines deleted...]
-          <x:t>80,372</x:t>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,621</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>80,166</x:t>
-[...161 lines deleted...]
-          <x:t>80,028</x:t>
+          <x:t>80,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,373</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,168</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>80,161</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,479</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>