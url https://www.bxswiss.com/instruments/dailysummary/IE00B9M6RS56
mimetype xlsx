--- v0 (2025-10-14)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3865ad30babd4ae6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f7d81e781a04582" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf62c1a73ad9a40cb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ad84077c6fb40af"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3192c63d1804074" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf62c1a73ad9a40cb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b3d894dc7b840db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ad84077c6fb40af" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VI J.P. Morgan USD EM Bond EUR Hedged UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B9M6RS56</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,948</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,402</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>64,830</x:t>
-[...31 lines deleted...]
-          <x:t>64,578</x:t>
+          <x:t>64,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,896</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,613</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...536 lines deleted...]
-          <x:t>64,268</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,791</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>