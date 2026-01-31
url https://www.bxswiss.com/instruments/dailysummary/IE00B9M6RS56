--- v1 (2026-01-10)
+++ v2 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f7d81e781a04582" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f99a143c3964460" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ad84077c6fb40af"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f158d9246c84c2c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b3d894dc7b840db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ad84077c6fb40af" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R333ddf80f5b84549" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f158d9246c84c2c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VI J.P. Morgan USD EM Bond EUR Hedged UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B9M6RS56</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...269 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,703</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>64,896</x:t>
-[...198 lines deleted...]
-          <x:t>64,791</x:t>
+          <x:t>64,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,485</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>