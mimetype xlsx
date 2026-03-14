--- v2 (2026-01-31)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f99a143c3964460" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a6cf99061ef4da7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f158d9246c84c2c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc698a6946f24fb8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R333ddf80f5b84549" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f158d9246c84c2c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29024e4beb6547af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc698a6946f24fb8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VI J.P. Morgan USD EM Bond EUR Hedged UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B9M6RS56</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...559 lines deleted...]
-          <x:t>63,485</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,454</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>