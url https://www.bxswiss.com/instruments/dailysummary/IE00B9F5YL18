--- v0 (2025-10-12)
+++ v1 (2025-11-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d89e012c7d54242" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R058e32706c024962" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a58b2e57e054f4d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e758e4488a54aed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra970a36cc1314372" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a58b2e57e054f4d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a70e3bd00e84936" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e758e4488a54aed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vanguard FTSE Developed Asia Pacific ex Japan UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B9F5YL18</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,812</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,162</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,748</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,144</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,546</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,716</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,039</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,661</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>