--- v1 (2025-11-02)
+++ v2 (2026-02-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R058e32706c024962" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R398447e4047d4cfd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e758e4488a54aed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R373d990670eb49df"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a70e3bd00e84936" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e758e4488a54aed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4e99d864ff7411e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R373d990670eb49df" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vanguard FTSE Developed Asia Pacific ex Japan UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B9F5YL18</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>25,661</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,635</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>