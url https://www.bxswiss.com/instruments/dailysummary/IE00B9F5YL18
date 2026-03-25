--- v2 (2026-02-12)
+++ v3 (2026-03-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R398447e4047d4cfd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9e4677c1f48470a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R373d990670eb49df"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23b0d5afdb7540b1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4e99d864ff7411e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R373d990670eb49df" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86827d6f99ee47db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23b0d5afdb7540b1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vanguard FTSE Developed Asia Pacific ex Japan UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B9F5YL18</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...431 lines deleted...]
-          <x:t>03.02.2026</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,656</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29,354</x:t>
-[...171 lines deleted...]
-          <x:t>29,635</x:t>
+          <x:t>30,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,468</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>