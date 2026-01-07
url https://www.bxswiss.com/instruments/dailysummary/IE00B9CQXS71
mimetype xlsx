--- v0 (2025-10-06)
+++ v1 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04202f1cd68943a1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re24ae097f9914ab4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b5568aeccbb4d6a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15a3e1ef52ee4bdf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf658c1126c3645be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b5568aeccbb4d6a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c61d971e2484fbe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15a3e1ef52ee4bdf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR S&amp;P Global Dividend Aristocrats UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B9CQXS71</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>28,962</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,727</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>