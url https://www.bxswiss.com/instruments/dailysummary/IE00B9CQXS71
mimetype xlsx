--- v1 (2026-01-07)
+++ v2 (2026-02-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re24ae097f9914ab4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R143158dd86414cb1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15a3e1ef52ee4bdf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b7f2c3f96aa4c59"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c61d971e2484fbe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15a3e1ef52ee4bdf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9236a1ca319244b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b7f2c3f96aa4c59" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR S&amp;P Global Dividend Aristocrats UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B9CQXS71</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,438</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,377</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,463</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -602,31 +224,490 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,831</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,883</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,641</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,836</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>