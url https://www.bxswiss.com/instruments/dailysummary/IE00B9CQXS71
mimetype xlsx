--- v2 (2026-02-02)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R143158dd86414cb1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4523e8e1f14b4373" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b7f2c3f96aa4c59"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b38a1e3878c4182"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9236a1ca319244b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b7f2c3f96aa4c59" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra62bbadd34914d02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b38a1e3878c4182" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR S&amp;P Global Dividend Aristocrats UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B9CQXS71</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,374 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,932</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,241</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,208</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -683,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,558</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,848</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>