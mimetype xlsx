--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4523e8e1f14b4373" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R730d51372ff44dad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b38a1e3878c4182"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2935ca24938d4070"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra62bbadd34914d02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b38a1e3878c4182" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09f017fadf8f4bb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2935ca24938d4070" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR S&amp;P Global Dividend Aristocrats UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B9CQXS71</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...215 lines deleted...]
-          <x:t>02.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,717</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30,163</x:t>
-[...387 lines deleted...]
-          <x:t>30,848</x:t>
+          <x:t>29,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,528</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>