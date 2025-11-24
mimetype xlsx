--- v0 (2025-10-14)
+++ v1 (2025-11-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf78fc906549a41f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfadfd7d16eee4bf8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9cdec4ffde9148b4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc07a399e42c44e7d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2dceabbceda4697" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9cdec4ffde9148b4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76c0e5d63e514bfa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc07a399e42c44e7d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VI Global High Yield Corp Bond CHF Hedged UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B988C465</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>72,319</x:t>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,088</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>