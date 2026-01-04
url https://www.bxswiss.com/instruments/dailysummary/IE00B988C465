--- v1 (2025-11-24)
+++ v2 (2026-01-04)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfadfd7d16eee4bf8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69305d6250e0487d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc07a399e42c44e7d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ea14bf96354418e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76c0e5d63e514bfa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc07a399e42c44e7d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09c9a0e68aa8483f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ea14bf96354418e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VI Global High Yield Corp Bond CHF Hedged UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B988C465</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.10.2025</x:t>
-[...31 lines deleted...]
-          <x:t>70,546</x:t>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,588</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,829</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...67 lines deleted...]
-          <x:t>29.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,878</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>70,985</x:t>
-[...291 lines deleted...]
-          <x:t>70,821</x:t>
+          <x:t>70,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,778</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,829</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...168 lines deleted...]
-          <x:t>70,088</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,016</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>