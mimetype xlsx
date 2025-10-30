--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R004acad7e32c41db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35d2e31c41fc4085" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96c967376fe74dd1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R214e4af9fd324651"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc664cf4069fe4a0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96c967376fe74dd1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3fe1c7d00a7145fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R214e4af9fd324651" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vanguard FTSE Japan UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B95PGT31</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...68 lines deleted...]
-          <x:t>34,175</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,341</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...89 lines deleted...]
-          <x:t>34,452</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>34,214</x:t>
-[...350 lines deleted...]
-          <x:t>34,447</x:t>
+          <x:t>34,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,944</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,658</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>34,808</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,273</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>