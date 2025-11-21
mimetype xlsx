--- v1 (2025-10-30)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35d2e31c41fc4085" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69e78350b0c14df3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R214e4af9fd324651"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd736ec9f17e4429a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3fe1c7d00a7145fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R214e4af9fd324651" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29d4e7d7846947e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd736ec9f17e4429a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vanguard FTSE Japan UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B95PGT31</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>33,880</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,306</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,974</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...563 lines deleted...]
-          <x:t>35,273</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,533</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>