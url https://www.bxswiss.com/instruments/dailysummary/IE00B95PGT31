--- v2 (2025-11-21)
+++ v3 (2025-12-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69e78350b0c14df3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6bdd20742255495e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd736ec9f17e4429a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85742a4d4f534e24"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29d4e7d7846947e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd736ec9f17e4429a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5762a62b3066402c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85742a4d4f534e24" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vanguard FTSE Japan UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B95PGT31</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...95 lines deleted...]
-          <x:t>34,660</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,008</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,718</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...283 lines deleted...]
-          <x:t>35,635</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,978</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>35,207</x:t>
-[...242 lines deleted...]
-          <x:t>34,533</x:t>
+          <x:t>34,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,163</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>