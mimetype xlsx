--- v3 (2025-12-31)
+++ v4 (2026-02-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6bdd20742255495e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8de5e853a94a4a62" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85742a4d4f534e24"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60a51084d6cc4221"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5762a62b3066402c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85742a4d4f534e24" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02744e66ab0d4368" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60a51084d6cc4221" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vanguard FTSE Japan UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B95PGT31</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...505 lines deleted...]
-          <x:t>35,163</x:t>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,195</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>