--- v4 (2026-02-10)
+++ v5 (2026-03-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8de5e853a94a4a62" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90280b23dba54c39" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60a51084d6cc4221"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd37884a4e51c443d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02744e66ab0d4368" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60a51084d6cc4221" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R934cc79ff0b24f51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd37884a4e51c443d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vanguard FTSE Japan UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B95PGT31</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.01.2026</x:t>
-[...80 lines deleted...]
-          <x:t>14.01.2026</x:t>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,258</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>37,416</x:t>
-[...178 lines deleted...]
-          <x:t>23.01.2026</x:t>
+          <x:t>37,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,349</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,621</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...308 lines deleted...]
-          <x:t>38,195</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,472</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>