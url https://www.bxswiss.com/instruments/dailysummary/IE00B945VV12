--- v0 (2025-10-14)
+++ v1 (2025-11-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f605830b8c643ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R264cd32a87604a51" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1be90757c0b44522"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R325a915514fc4ba3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd56f59f672894cb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1be90757c0b44522" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reaa2a29bdf15406e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R325a915514fc4ba3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vanguard FTSE Developed Europe UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B945VV12</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>40,147</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,321</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...489 lines deleted...]
-          <x:t>10.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>41,272</x:t>
-[...63 lines deleted...]
-          <x:t>40,553</x:t>
+          <x:t>40,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,105</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>