--- v1 (2025-11-26)
+++ v2 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R264cd32a87604a51" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87d09c76becc4822" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R325a915514fc4ba3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d4f5e4acb644208"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reaa2a29bdf15406e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R325a915514fc4ba3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5cb529170ea348a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d4f5e4acb644208" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vanguard FTSE Developed Europe UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B945VV12</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>41,105</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,522</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>