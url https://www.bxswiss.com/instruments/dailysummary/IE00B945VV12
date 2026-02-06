--- v2 (2026-01-07)
+++ v3 (2026-02-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87d09c76becc4822" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2ff7d190cd5462e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d4f5e4acb644208"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f22910e8b694514"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5cb529170ea348a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d4f5e4acb644208" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98f3b5dbb6cf4a05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f22910e8b694514" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vanguard FTSE Developed Europe UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B945VV12</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,081</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,183</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,847</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,168</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,268</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,578</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,335</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>