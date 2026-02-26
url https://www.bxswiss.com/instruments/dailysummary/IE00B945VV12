--- v3 (2026-02-06)
+++ v4 (2026-02-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2ff7d190cd5462e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75f545907b864e02" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f22910e8b694514"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd350008234404f6a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98f3b5dbb6cf4a05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f22910e8b694514" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53a084b98ec34f16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd350008234404f6a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vanguard FTSE Developed Europe UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B945VV12</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...63 lines deleted...]
-          <x:t>43,654</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,143</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,408</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-          <x:t>08.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,327</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>43,528</x:t>
-[...129 lines deleted...]
-          <x:t>44,212</x:t>
+          <x:t>42,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,281</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>44,123</x:t>
-[...409 lines deleted...]
-          <x:t>43,335</x:t>
+          <x:t>44,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,734</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>