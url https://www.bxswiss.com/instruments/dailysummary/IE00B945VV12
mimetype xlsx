--- v4 (2026-02-26)
+++ v5 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75f545907b864e02" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62d93af489a040ad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd350008234404f6a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf646656bb524270"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53a084b98ec34f16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd350008234404f6a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rddb0148f7be8465c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf646656bb524270" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vanguard FTSE Developed Europe UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B945VV12</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,692</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,793</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,603</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,648</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,588</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,747</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,248</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>