--- v0 (2025-10-06)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2bb59cc14c1f4f6d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83b5435b947f4106" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09886e9113e44afb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8e1bbdb81e74dad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e77f105678e49fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09886e9113e44afb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5fa6716d6b2045d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8e1bbdb81e74dad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI EMU UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B910VR50</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,264</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,479</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,858</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,155</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,091</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,162</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,663</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,428</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>