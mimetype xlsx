--- v1 (2025-10-26)
+++ v2 (2025-11-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83b5435b947f4106" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1510689da86a4f21" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8e1bbdb81e74dad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0cabaffa48c7448f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5fa6716d6b2045d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8e1bbdb81e74dad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6068558a1bed4b82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0cabaffa48c7448f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI EMU UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B910VR50</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...215 lines deleted...]
-          <x:t>06.10.2025</x:t>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>84,827</x:t>
-[...387 lines deleted...]
-          <x:t>84,428</x:t>
+          <x:t>84,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,394</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>