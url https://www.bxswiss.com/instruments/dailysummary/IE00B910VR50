--- v2 (2025-11-16)
+++ v3 (2026-01-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1510689da86a4f21" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b4431890cdb4210" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0cabaffa48c7448f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a8b572d02434ee7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6068558a1bed4b82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0cabaffa48c7448f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc415290dda6d4890" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a8b572d02434ee7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI EMU UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B910VR50</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>84,394</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,828</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>