--- v3 (2026-01-01)
+++ v4 (2026-02-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b4431890cdb4210" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc52a024523644ccf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a8b572d02434ee7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1e736848d3a42f9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc415290dda6d4890" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a8b572d02434ee7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1656ba06a29744ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1e736848d3a42f9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI EMU UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B910VR50</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...505 lines deleted...]
-          <x:t>86,828</x:t>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,582</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>