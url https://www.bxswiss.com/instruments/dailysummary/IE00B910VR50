--- v4 (2026-02-10)
+++ v5 (2026-03-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc52a024523644ccf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46dad5b715b54068" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1e736848d3a42f9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44770b68810b4061"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1656ba06a29744ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1e736848d3a42f9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcfdc4524d11d4099" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44770b68810b4061" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI EMU UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B910VR50</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.01.2026</x:t>
-[...586 lines deleted...]
-          <x:t>89,582</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,560</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>