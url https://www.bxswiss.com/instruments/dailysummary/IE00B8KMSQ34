--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca9bef7e56314f6b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R807c09b1d912468e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R756eaa4569224bcb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcbd8546469714502"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19450d6feef74613" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R756eaa4569224bcb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra49b1b8b146c44ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcbd8546469714502" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers S&amp;P 500 UCITS ETF 3C CHF hedged</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B8KMSQ34</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>60,041</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>59,885</x:t>
-[...232 lines deleted...]
-          <x:t>60,982</x:t>
+          <x:t>61,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,607</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>60,804</x:t>
-[...247 lines deleted...]
-          <x:t>61,413</x:t>
+          <x:t>61,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,786</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>