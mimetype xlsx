--- v1 (2025-10-29)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R807c09b1d912468e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7cb9fb2243b041fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcbd8546469714502"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6420647904b14981"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra49b1b8b146c44ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcbd8546469714502" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcefefa0b831142d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6420647904b14981" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers S&amp;P 500 UCITS ETF 3C CHF hedged</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B8KMSQ34</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>61,180</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>60,955</x:t>
-[...129 lines deleted...]
-          <x:t>61,460</x:t>
+          <x:t>61,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,236</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,588</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...428 lines deleted...]
-          <x:t>62,786</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,919</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>