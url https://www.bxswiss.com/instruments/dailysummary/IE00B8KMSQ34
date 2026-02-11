--- v2 (2025-11-21)
+++ v3 (2026-02-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7cb9fb2243b041fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d6a98f2c77f4e53" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6420647904b14981"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re59a7e1fba704cf9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcefefa0b831142d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6420647904b14981" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2169839fa5d4d4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re59a7e1fba704cf9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers S&amp;P 500 UCITS ETF 3C CHF hedged</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B8KMSQ34</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...166 lines deleted...]
-          <x:t>62,668</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,549</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>62,652</x:t>
-[...463 lines deleted...]
-          <x:t>60,919</x:t>
+          <x:t>62,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,884</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>