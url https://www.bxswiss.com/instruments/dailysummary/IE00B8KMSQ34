--- v3 (2026-02-11)
+++ v4 (2026-03-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d6a98f2c77f4e53" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0099fdb6bb52438d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re59a7e1fba704cf9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b7e969a166e4d41"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2169839fa5d4d4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re59a7e1fba704cf9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f6ae5d8959042da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b7e969a166e4d41" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers S&amp;P 500 UCITS ETF 3C CHF hedged</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B8KMSQ34</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...193 lines deleted...]
-          <x:t>61,745</x:t>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>61,367</x:t>
-[...308 lines deleted...]
-          <x:t>06.02.2026</x:t>
+          <x:t>61,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>62,280</x:t>
-[...63 lines deleted...]
-          <x:t>62,884</x:t>
+          <x:t>61,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,850</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>