--- v4 (2026-03-07)
+++ v5 (2026-03-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0099fdb6bb52438d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b5ca0a346a7435b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b7e969a166e4d41"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09c7260dd8294728"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f6ae5d8959042da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b7e969a166e4d41" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b3dd8f46fd44c33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09c7260dd8294728" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers S&amp;P 500 UCITS ETF 3C CHF hedged</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B8KMSQ34</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.02.2026</x:t>
-[...80 lines deleted...]
-          <x:t>06.02.2026</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>62,280</x:t>
-[...521 lines deleted...]
-        <x:is>
           <x:t>61,345</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,624</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,611</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>