--- v0 (2025-10-11)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f21533aee7e47bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d11d0f4fc3e4be6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9eea0b3380504bfd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4ce9bffc19444ad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R227dce61e7424f47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9eea0b3380504bfd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf727badddeb443f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4ce9bffc19444ad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VI MSCI Japan CHF Hedged UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B8J37J31</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,119</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,388</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,090</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,171</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,171</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,241</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,925</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>