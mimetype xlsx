--- v1 (2025-11-01)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d11d0f4fc3e4be6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb07c3812207b4a35" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4ce9bffc19444ad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R146228b7a56b46fd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf727badddeb443f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4ce9bffc19444ad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96fd5e941bd743f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R146228b7a56b46fd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VI MSCI Japan CHF Hedged UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B8J37J31</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,203</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,896</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,717</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,788</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,762</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,601</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>