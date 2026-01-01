--- v2 (2025-11-21)
+++ v3 (2026-01-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb07c3812207b4a35" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R908b5b88c5cb4aaa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R146228b7a56b46fd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c928fa41fac49e7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96fd5e941bd743f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R146228b7a56b46fd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a932e6fcd2346df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c928fa41fac49e7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VI MSCI Japan CHF Hedged UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B8J37J31</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>112,601</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,353</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>