--- v3 (2026-01-01)
+++ v4 (2026-02-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R908b5b88c5cb4aaa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e40b7295c094081" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c928fa41fac49e7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb37d402291b94440"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a932e6fcd2346df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c928fa41fac49e7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1997631b0344419" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb37d402291b94440" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VI MSCI Japan CHF Hedged UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B8J37J31</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...505 lines deleted...]
-          <x:t>116,353</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,480</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>