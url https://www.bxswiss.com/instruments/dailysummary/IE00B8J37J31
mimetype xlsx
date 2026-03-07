--- v4 (2026-02-11)
+++ v5 (2026-03-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e40b7295c094081" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36c36f73d45d4cdf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb37d402291b94440"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b062cc2024642a5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1997631b0344419" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb37d402291b94440" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a55fb425bef4210" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b062cc2024642a5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VI MSCI Japan CHF Hedged UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B8J37J31</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>03.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,253</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +305,517 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,004</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,787</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,626</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>