--- v5 (2026-03-07)
+++ v6 (2026-03-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36c36f73d45d4cdf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R068608327d4d4124" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b062cc2024642a5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbbcf060fed0048a9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a55fb425bef4210" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b062cc2024642a5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50f41a6ef79144b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbbcf060fed0048a9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VI MSCI Japan CHF Hedged UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B8J37J31</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.02.2026</x:t>
-[...4 lines deleted...]
-          <x:t>123,380</x:t>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>123,180</x:t>
-[...625 lines deleted...]
-          <x:t>121,626</x:t>
+          <x:t>125,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,384</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>