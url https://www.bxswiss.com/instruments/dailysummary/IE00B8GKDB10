--- v0 (2025-10-12)
+++ v1 (2025-11-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R867b39039bb84842" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdee809f732674fe5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3b91f68b0974141"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R608c982b6b904cc2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e2b82cf399848c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3b91f68b0974141" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb132cdd8d11b4424" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R608c982b6b904cc2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vanguard FTSE All-World High Dividend Yield UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B8GKDB10</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...193 lines deleted...]
-          <x:t>61,689</x:t>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,124</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,036</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>61,689</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>62,036</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,315</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,926</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>