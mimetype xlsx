--- v1 (2025-11-02)
+++ v2 (2026-01-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdee809f732674fe5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6eced0998ad84898" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R608c982b6b904cc2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ed8b74cf2de4876"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb132cdd8d11b4424" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R608c982b6b904cc2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6394b481176b4717" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ed8b74cf2de4876" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vanguard FTSE All-World High Dividend Yield UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B8GKDB10</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>62,926</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,866</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>