--- v2 (2026-01-02)
+++ v3 (2026-02-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6eced0998ad84898" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra74a61f73e83440b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ed8b74cf2de4876"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R766913a04c124ccd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6394b481176b4717" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ed8b74cf2de4876" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf45d4f8791d0464e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R766913a04c124ccd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vanguard FTSE All-World High Dividend Yield UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B8GKDB10</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...505 lines deleted...]
-          <x:t>64,866</x:t>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,811</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>