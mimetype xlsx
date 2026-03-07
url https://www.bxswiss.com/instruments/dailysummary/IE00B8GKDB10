--- v3 (2026-02-15)
+++ v4 (2026-03-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra74a61f73e83440b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a0aab060c0d4660" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R766913a04c124ccd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5fa3f64f7564de7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf45d4f8791d0464e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R766913a04c124ccd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69a382f0c9044bc4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5fa3f64f7564de7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vanguard FTSE All-World High Dividend Yield UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B8GKDB10</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,559 +149,181 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.01.2026</x:t>
-[...41 lines deleted...]
-          <x:t>67,545</x:t>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,931</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...359 lines deleted...]
-          <x:t>68,057</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,461</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...89 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,696</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,696</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,309</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,544</x:t>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,783</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,883</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,238</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,624</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>