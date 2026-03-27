--- v4 (2026-03-07)
+++ v5 (2026-03-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a0aab060c0d4660" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6e676f094b04278" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5fa3f64f7564de7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re61dfccf943e4e63"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69a382f0c9044bc4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5fa3f64f7564de7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb6673a593bc74392" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re61dfccf943e4e63" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vanguard FTSE All-World High Dividend Yield UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B8GKDB10</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.02.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,727</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,388</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,538</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,836</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,921</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,258</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,821</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>