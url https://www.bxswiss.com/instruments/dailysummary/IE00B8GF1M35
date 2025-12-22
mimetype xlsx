--- v0 (2025-10-08)
+++ v1 (2025-12-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d88919f3bac488c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R473a047024724652" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3cab0bfa9d4445c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R617c948a782e4bf1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ffedbe5414c4217" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3cab0bfa9d4445c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69f5685fdc104d55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R617c948a782e4bf1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR Dow Jones Global Real Estate UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B8GF1M35</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>27,875</x:t>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,909</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,967</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27,799</x:t>
-[...200 lines deleted...]
-          <x:t>19.09.2025</x:t>
+          <x:t>27,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,802</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,889</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...335 lines deleted...]
-          <x:t>27,840</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,557</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>