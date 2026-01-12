--- v1 (2025-12-22)
+++ v2 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R473a047024724652" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R247aaa81a58649ca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R617c948a782e4bf1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc86dc913102547ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69f5685fdc104d55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R617c948a782e4bf1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd58e24f68e7403a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc86dc913102547ba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR Dow Jones Global Real Estate UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B8GF1M35</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.11.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,799</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,849</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,639</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,754</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +359,247 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,511</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,653</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,479</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>