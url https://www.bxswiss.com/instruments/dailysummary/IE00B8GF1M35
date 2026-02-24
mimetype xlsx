--- v2 (2026-01-12)
+++ v3 (2026-02-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R247aaa81a58649ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1fbdfd000bd74b60" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc86dc913102547ba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7bcc2461057444f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd58e24f68e7403a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc86dc913102547ba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ed95f1991df41ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7bcc2461057444f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR Dow Jones Global Real Estate UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B8GF1M35</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...31 lines deleted...]
-          <x:t>27,800</x:t>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,188</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,951</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27,745</x:t>
-[...161 lines deleted...]
-          <x:t>27,245</x:t>
+          <x:t>27,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,297</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,557</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>28,479</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,466</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>