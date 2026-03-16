--- v3 (2026-02-24)
+++ v4 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1fbdfd000bd74b60" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9bb85e695f44ce0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7bcc2461057444f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5495859a0a694d24"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ed95f1991df41ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7bcc2461057444f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c39570e66f9455b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5495859a0a694d24" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR Dow Jones Global Real Estate UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B8GF1M35</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,218</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,391</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,031</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,053</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,333</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,643</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,294</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,826</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>