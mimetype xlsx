--- v0 (2025-10-05)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a01d80c3c4041ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf96c4a7328c244f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb2b4bb36bd649a4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ad6ac0400a24ddc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R884f2f65880e484d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb2b4bb36bd649a4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12f8aec7890f44d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ad6ac0400a24ddc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VI Edge MSCI World Minimum Volatility UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B8FHGS14</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,532 +149,127 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...144 lines deleted...]
-          <x:t>58,696</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,969</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,230</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...327 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,331</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,154</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,277</x:t>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,539</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,492</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,329</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>