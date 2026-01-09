--- v1 (2025-10-25)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf96c4a7328c244f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6f3780dccea4427" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ad6ac0400a24ddc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb7442f69ce94a6d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12f8aec7890f44d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ad6ac0400a24ddc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4490af1a0dc4198" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb7442f69ce94a6d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VI Edge MSCI World Minimum Volatility UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B8FHGS14</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>58,033</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,008</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,322</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>57,969</x:t>
-[...38 lines deleted...]
-          <x:t>30.09.2025</x:t>
+          <x:t>57,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,261</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>58,618</x:t>
-[...495 lines deleted...]
-          <x:t>58,329</x:t>
+          <x:t>58,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,667</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>