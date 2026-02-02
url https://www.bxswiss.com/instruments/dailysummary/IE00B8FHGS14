--- v2 (2026-01-09)
+++ v3 (2026-02-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6f3780dccea4427" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra07e3c6e157c4011" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb7442f69ce94a6d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf41434f00034718"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4490af1a0dc4198" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb7442f69ce94a6d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf86730d28a804ad2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf41434f00034718" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VI Edge MSCI World Minimum Volatility UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B8FHGS14</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,898</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,724</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,862</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +251,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,261</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,708</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,799</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>