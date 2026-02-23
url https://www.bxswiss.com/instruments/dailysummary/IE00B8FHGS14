--- v3 (2026-02-02)
+++ v4 (2026-02-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra07e3c6e157c4011" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8d5206d854f40b5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf41434f00034718"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8835f1834f594d81"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf86730d28a804ad2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf41434f00034718" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f66caeee5e54b81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8835f1834f594d81" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VI Edge MSCI World Minimum Volatility UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B8FHGS14</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,565 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...144 lines deleted...]
-          <x:t>58,793</x:t>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,421</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,496</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>58,662</x:t>
-[...43 lines deleted...]
-          <x:t>58,900</x:t>
+          <x:t>58,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,464</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,611</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...325 lines deleted...]
-          <x:t>56,799</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,682</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>