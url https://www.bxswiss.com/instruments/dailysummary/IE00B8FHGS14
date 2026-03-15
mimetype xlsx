--- v4 (2026-02-23)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8d5206d854f40b5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red815c1def714083" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8835f1834f594d81"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcea09037651448fb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f66caeee5e54b81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8835f1834f594d81" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5cf071022a0540ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcea09037651448fb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VI Edge MSCI World Minimum Volatility UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B8FHGS14</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,475 +149,70 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.01.2026</x:t>
-[...31 lines deleted...]
-          <x:t>57,952</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,496</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,087</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>57,886</x:t>
-[...381 lines deleted...]
-        <x:is>
           <x:t>58,384</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,119</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,498</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,974</x:t>
         </x:is>
       </x:c>
@@ -737,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,871</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,489</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,971</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>