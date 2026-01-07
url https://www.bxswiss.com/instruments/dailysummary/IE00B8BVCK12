--- v0 (2025-10-15)
+++ v1 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4366cebcf04e4e06" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc32eb198fc042ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae2067cfd5004cbc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01f7623c1c9a4013"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5eb190a1a70243cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae2067cfd5004cbc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc2435ceb7204ba0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01f7623c1c9a4013" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VI MSCI World CHF Hedged UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B8BVCK12</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>83,805</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,413</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>