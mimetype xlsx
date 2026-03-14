--- v1 (2026-01-07)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc32eb198fc042ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R393974485ad344a3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01f7623c1c9a4013"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49b35e59548d4dee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc2435ceb7204ba0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01f7623c1c9a4013" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rebff353c343b48ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49b35e59548d4dee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VI MSCI World CHF Hedged UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B8BVCK12</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>87,413</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,064</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>