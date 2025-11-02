--- v0 (2025-10-12)
+++ v1 (2025-11-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7049663bfbb54f06" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R632c8a2b6ba8414f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d2611958f8e41c1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7677c985c5d74bff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43eadba7f87144d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d2611958f8e41c1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e1177f32cfe4a63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7677c985c5d74bff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VI S&amp;P 500 CHF Hedged UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B88DZ566</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...203 lines deleted...]
-          <x:t>99,535</x:t>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,740</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...68 lines deleted...]
-          <x:t>99,898</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,972</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...283 lines deleted...]
-          <x:t>101,657</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,542</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,871</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,037</x:t>
-[...26 lines deleted...]
-          <x:t>99,700</x:t>
+          <x:t>100,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>