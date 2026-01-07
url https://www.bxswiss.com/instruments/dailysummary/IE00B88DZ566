--- v1 (2025-11-02)
+++ v2 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R632c8a2b6ba8414f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra84023206414487c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7677c985c5d74bff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9a7ef9a0c844914"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e1177f32cfe4a63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7677c985c5d74bff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc489dd37437a4e89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9a7ef9a0c844914" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VI S&amp;P 500 CHF Hedged UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B88DZ566</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...274 lines deleted...]
-          <x:t>100,120</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,956</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,867</x:t>
-[...328 lines deleted...]
-          <x:t>102,390</x:t>
+          <x:t>101,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,920</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>