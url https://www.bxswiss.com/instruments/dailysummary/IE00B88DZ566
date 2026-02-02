--- v2 (2026-01-07)
+++ v3 (2026-02-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra84023206414487c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90e03f2790f248c4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9a7ef9a0c844914"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R338a50d4c2364c90"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc489dd37437a4e89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9a7ef9a0c844914" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50ab5ff32f104702" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R338a50d4c2364c90" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VI S&amp;P 500 CHF Hedged UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B88DZ566</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...328 lines deleted...]
-          <x:t>102,990</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,214</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,526</x:t>
-[...21 lines deleted...]
-          <x:t>102,921</x:t>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,118</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,637</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,800</x:t>
-[...53 lines deleted...]
-          <x:t>102,920</x:t>
+          <x:t>102,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,922</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>