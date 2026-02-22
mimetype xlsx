--- v3 (2026-02-02)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90e03f2790f248c4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b93d2e7249a4b01" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R338a50d4c2364c90"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a83361a969e4ee0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50ab5ff32f104702" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R338a50d4c2364c90" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf8ffe0cfc134e03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a83361a969e4ee0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VI S&amp;P 500 CHF Hedged UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B88DZ566</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,565 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...107 lines deleted...]
-          <x:t>09.01.2026</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,629</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,988</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,570</x:t>
-[...53 lines deleted...]
-          <x:t>104,149</x:t>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,284</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,519</x:t>
-[...345 lines deleted...]
-          <x:t>102,238</x:t>
+          <x:t>103,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,512</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>