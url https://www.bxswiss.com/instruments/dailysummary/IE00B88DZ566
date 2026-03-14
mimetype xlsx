--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b93d2e7249a4b01" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28d1e4d43b4b4961" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a83361a969e4ee0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f033e46b5804c95"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf8ffe0cfc134e03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a83361a969e4ee0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ea20d12d8894faa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f033e46b5804c95" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VI S&amp;P 500 CHF Hedged UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B88DZ566</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,104 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...203 lines deleted...]
-          <x:t>102,238</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,512</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,922</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.02.2026</x:t>
-[...214 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,287</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,562</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,680</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,458</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,217</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>