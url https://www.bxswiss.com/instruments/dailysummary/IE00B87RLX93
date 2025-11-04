--- v0 (2025-10-15)
+++ v1 (2025-11-04)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60f5c94787064819" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ab41e269f26421a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83d848159e954128"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb929e1e648d34afc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R133dbcac21fe496d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83d848159e954128" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R122267fab8124628" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb929e1e648d34afc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VI Euro Corporate Bond Financials UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B87RLX93</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...80 lines deleted...]
-          <x:t>18.09.2025</x:t>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,302</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,486</x:t>
-[...21 lines deleted...]
-          <x:t>96,364</x:t>
+          <x:t>96,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,297</x:t>
-[...463 lines deleted...]
-          <x:t>96,381</x:t>
+          <x:t>96,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,019</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>