--- v1 (2025-11-04)
+++ v2 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ab41e269f26421a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59b378a1d6cd46b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb929e1e648d34afc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0b22683f75d4cea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R122267fab8124628" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb929e1e648d34afc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f493137d7084f30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0b22683f75d4cea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VI Euro Corporate Bond Financials UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B87RLX93</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.10.2025</x:t>
-[...296 lines deleted...]
-          <x:t>20.10.2025</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,738</x:t>
-[...279 lines deleted...]
-          <x:t>95,019</x:t>
+          <x:t>95,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,951</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>