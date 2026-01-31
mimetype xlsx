--- v2 (2026-01-07)
+++ v3 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59b378a1d6cd46b7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61d1f0bf39c643f9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0b22683f75d4cea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f433129770c4c08"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f493137d7084f30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0b22683f75d4cea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R210cb4bfba044a44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f433129770c4c08" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VI Euro Corporate Bond Financials UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B87RLX93</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...257 lines deleted...]
-          <x:t>94,673</x:t>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,767</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>94,951</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,090</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>