--- v3 (2026-01-31)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61d1f0bf39c643f9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1789c0634c9d4e8f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f433129770c4c08"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c775552601747f4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R210cb4bfba044a44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f433129770c4c08" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8022645f8214dec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c775552601747f4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VI Euro Corporate Bond Financials UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B87RLX93</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,401 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...349 lines deleted...]
-        <x:is>
           <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,934</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,213</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,764</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,049</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -710,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,051</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,231</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,147</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>