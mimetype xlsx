--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1789c0634c9d4e8f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2dffdfce0ea435a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c775552601747f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a46b1a69e1f4cc3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8022645f8214dec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c775552601747f4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51c6b1a55479480a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a46b1a69e1f4cc3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VI Euro Corporate Bond Financials UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B87RLX93</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...306 lines deleted...]
-          <x:t>94,397</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,489</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,896</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,170</x:t>
-[...296 lines deleted...]
-          <x:t>94,147</x:t>
+          <x:t>94,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,624</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>