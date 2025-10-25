--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a6f331518b6443a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c5ca1980c6d4915" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R639abb7a5d164f98"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfba938a0d22c4efd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c3775da32d24cfe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R639abb7a5d164f98" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1cc9ca14628a4a33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfba938a0d22c4efd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VI Edge MSCI Europe Minimum Volatility UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B86MWN23</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...122 lines deleted...]
-          <x:t>62,064</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,627</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,303</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>11.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,599</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>62,708</x:t>
-[...43 lines deleted...]
-          <x:t>15.09.2025</x:t>
+          <x:t>62,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,943</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,642</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...389 lines deleted...]
-          <x:t>62,520</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,365</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>