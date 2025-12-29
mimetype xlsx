--- v1 (2025-10-25)
+++ v2 (2025-12-29)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c5ca1980c6d4915" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R298b087137b240b2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfba938a0d22c4efd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ce3f9f54b2d467b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1cc9ca14628a4a33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfba938a0d22c4efd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd81c6eae4aa64762" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ce3f9f54b2d467b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VI Edge MSCI Europe Minimum Volatility UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B86MWN23</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...436 lines deleted...]
-          <x:t>62,875</x:t>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,787</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,911</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>62,391</x:t>
-[...183 lines deleted...]
-          <x:t>63,407</x:t>
+          <x:t>62,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,508</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,019</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>63,365</x:t>
+          <x:t>63,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,330</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>