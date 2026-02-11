--- v2 (2025-12-29)
+++ v3 (2026-02-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R298b087137b240b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc76cff3e1d9c48a1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ce3f9f54b2d467b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8805b143a0ad4779"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd81c6eae4aa64762" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ce3f9f54b2d467b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ad8d1d0ad3d4ae2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8805b143a0ad4779" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VI Edge MSCI Europe Minimum Volatility UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B86MWN23</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.11.2025</x:t>
-[...112 lines deleted...]
-          <x:t>63,161</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,328</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>62,982</x:t>
-[...382 lines deleted...]
-          <x:t>63,330</x:t>
+          <x:t>63,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,242</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>