--- v3 (2026-02-11)
+++ v4 (2026-03-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc76cff3e1d9c48a1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a8a9e8d1ad24c8f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8805b143a0ad4779"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R281b1ec7283b45ee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ad8d1d0ad3d4ae2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8805b143a0ad4779" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R846c1d06a0274886" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R281b1ec7283b45ee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VI Edge MSCI Europe Minimum Volatility UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B86MWN23</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...586 lines deleted...]
-          <x:t>65,242</x:t>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,203</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>