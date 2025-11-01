--- v0 (2025-10-10)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7532827758724746" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b427c8b58754eee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb684dbf42f54924"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6761b74d33da4998"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9751f08b840745bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb684dbf42f54924" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8243f5a6d0146b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6761b74d33da4998" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(I)FS -  MSCI AC Asia ex Japan SF UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B7WK2W23</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,679</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,306</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,078</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>09.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,024</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,666</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,618</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>