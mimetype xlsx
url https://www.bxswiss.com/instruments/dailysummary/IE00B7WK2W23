--- v1 (2025-11-01)
+++ v2 (2026-01-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b427c8b58754eee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8451f6f01a64e4f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6761b74d33da4998"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1c6e93ec8654d77"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8243f5a6d0146b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6761b74d33da4998" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ddc8282252c4c56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1c6e93ec8654d77" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(I)FS -  MSCI AC Asia ex Japan SF UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B7WK2W23</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...80 lines deleted...]
-          <x:t>03.10.2025</x:t>
+          <x:t>01.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,908</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>183,727</x:t>
-[...549 lines deleted...]
-          <x:t>183,618</x:t>
+          <x:t>180,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,499</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>