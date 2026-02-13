--- v2 (2026-01-01)
+++ v3 (2026-02-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8451f6f01a64e4f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4ff0844ed494275" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1c6e93ec8654d77"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b7e4ee99f0147ef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ddc8282252c4c56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1c6e93ec8654d77" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc206fdf452884c7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b7e4ee99f0147ef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(I)FS -  MSCI AC Asia ex Japan SF UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B7WK2W23</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...505 lines deleted...]
-          <x:t>180,499</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,571</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>