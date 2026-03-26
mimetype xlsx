--- v3 (2026-02-13)
+++ v4 (2026-03-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4ff0844ed494275" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcdb6bca832664417" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b7e4ee99f0147ef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5549be1f760e4542"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc206fdf452884c7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b7e4ee99f0147ef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f9d7261877a432b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5549be1f760e4542" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(I)FS -  MSCI AC Asia ex Japan SF UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B7WK2W23</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...68 lines deleted...]
-          <x:t>190,969</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,109</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,910</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...364 lines deleted...]
-          <x:t>193,136</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>191,081</x:t>
-[...188 lines deleted...]
-          <x:t>193,571</x:t>
+          <x:t>192,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,119</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>