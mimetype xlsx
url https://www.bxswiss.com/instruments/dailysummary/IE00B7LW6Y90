--- v0 (2025-10-02)
+++ v1 (2025-10-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8510401c544f437d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c8cc1c0e4554b5b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8a9309e80384f0a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56ab172713a34a94"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd2dbcb27d91470b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8a9309e80384f0a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra02e32fa52d94f15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56ab172713a34a94" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V Italy Government Bond UCITS ETF EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B7LW6Y90</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...144 lines deleted...]
-          <x:t>142,633</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,211</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,285</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...104 lines deleted...]
-          <x:t>142,305</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,336</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...62 lines deleted...]
-          <x:t>142,651</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,689</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>142,312</x:t>
-[...301 lines deleted...]
-          <x:t>142,688</x:t>
+          <x:t>143,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,872</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>