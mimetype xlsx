--- v1 (2025-10-23)
+++ v2 (2026-02-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c8cc1c0e4554b5b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R106d98d05eeb44db" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56ab172713a34a94"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R665c9a90742349f1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra02e32fa52d94f15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56ab172713a34a94" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe6aaaa267f2478f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R665c9a90742349f1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V Italy Government Bond UCITS ETF EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B7LW6Y90</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...311 lines deleted...]
-          <x:t>141,727</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,536</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,034</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>142,872</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,372</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>