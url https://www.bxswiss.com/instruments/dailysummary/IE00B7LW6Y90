--- v2 (2026-02-11)
+++ v3 (2026-03-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R106d98d05eeb44db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb796c7ac31ae4a0c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R665c9a90742349f1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97c38e56c3d74ccc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe6aaaa267f2478f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R665c9a90742349f1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R697b0acba1964e43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97c38e56c3d74ccc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V Italy Government Bond UCITS ETF EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B7LW6Y90</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...284 lines deleted...]
-          <x:t>140,151</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,712</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>140,372</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,588</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>