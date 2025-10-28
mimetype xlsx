--- v0 (2025-10-07)
+++ v1 (2025-10-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e2aff1317e84249" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra382e726050c454b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5c509de4ce64855"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0763e82578514548"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4ee41a81203411c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5c509de4ce64855" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59ed2cc692174b6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0763e82578514548" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(IRL) - MSCI World UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B7KQ7B66</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...355 lines deleted...]
-          <x:t>85,390</x:t>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,699</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>85,263</x:t>
-[...134 lines deleted...]
-          <x:t>85,079</x:t>
+          <x:t>86,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,074</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,376</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>86,872</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,098</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>