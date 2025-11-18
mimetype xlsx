--- v1 (2025-10-28)
+++ v2 (2025-11-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra382e726050c454b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce4ec857af17491c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0763e82578514548"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76f42b4385b34b14"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59ed2cc692174b6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0763e82578514548" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4858512a8e742f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76f42b4385b34b14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(IRL) - MSCI World UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B7KQ7B66</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,495 +149,90 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.09.2025</x:t>
-[...95 lines deleted...]
-          <x:t>85,079</x:t>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,074</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,376</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...339 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,343</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,850</x:t>
@@ -737,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,151</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,303</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,874</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,488</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>