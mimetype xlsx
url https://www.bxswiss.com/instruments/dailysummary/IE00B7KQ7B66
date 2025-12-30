--- v2 (2025-11-18)
+++ v3 (2025-12-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce4ec857af17491c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8895e02e23144824" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76f42b4385b34b14"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f6fcc02bc214d46"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4858512a8e742f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76f42b4385b34b14" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1caad4385a034413" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f6fcc02bc214d46" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(IRL) - MSCI World UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B7KQ7B66</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>86,488</x:t>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,523</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>