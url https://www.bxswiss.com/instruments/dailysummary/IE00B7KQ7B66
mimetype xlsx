--- v3 (2025-12-30)
+++ v4 (2026-02-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8895e02e23144824" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f1fa4af215f4e99" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f6fcc02bc214d46"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0ceba3e573c4b34"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1caad4385a034413" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f6fcc02bc214d46" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37639afe39b944f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0ceba3e573c4b34" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(IRL) - MSCI World UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B7KQ7B66</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28.11.2025</x:t>
-[...311 lines deleted...]
-          <x:t>87,904</x:t>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,244</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,422</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>88,523</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,138</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>