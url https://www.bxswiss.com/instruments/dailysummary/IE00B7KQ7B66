--- v4 (2026-02-09)
+++ v5 (2026-03-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f1fa4af215f4e99" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra92933cb92ef459c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0ceba3e573c4b34"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R718f74d0a985438e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37639afe39b944f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0ceba3e573c4b34" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra27f4486e12c499b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R718f74d0a985438e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(IRL) - MSCI World UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B7KQ7B66</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.01.2026</x:t>
-[...586 lines deleted...]
-          <x:t>88,138</x:t>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,116</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>