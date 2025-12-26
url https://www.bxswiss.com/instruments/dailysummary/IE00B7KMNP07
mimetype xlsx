--- v0 (2025-10-10)
+++ v1 (2025-12-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84a4c6ad41a44df1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R326bab39948b4241" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea1d9105c5654743"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3a1383133de42e2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06b0892bc3d84f53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea1d9105c5654743" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf31f00e3546b4851" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3a1383133de42e2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(IRL) - Solactive Global Pure Gold Miners UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B7KMNP07</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>37,308</x:t>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,947</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>