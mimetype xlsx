--- v1 (2025-12-26)
+++ v2 (2026-01-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R326bab39948b4241" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R803cb56737ee4c44" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3a1383133de42e2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R519b1c36b7ad4edf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf31f00e3546b4851" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3a1383133de42e2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f687f7b76f9487e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R519b1c36b7ad4edf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(IRL) - Solactive Global Pure Gold Miners UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B7KMNP07</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,492 +149,87 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.11.2025</x:t>
-[...161 lines deleted...]
-          <x:t>02.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,146</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>40,571</x:t>
-[...268 lines deleted...]
-        <x:is>
           <x:t>41,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,057</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,500</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,203</x:t>
         </x:is>
       </x:c>
@@ -737,31 +332,301 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,806</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,049</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,782</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,828</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>