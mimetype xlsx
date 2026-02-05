--- v2 (2026-01-15)
+++ v3 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R803cb56737ee4c44" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref190568a854415c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R519b1c36b7ad4edf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1242f7ce31d04686"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f687f7b76f9487e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R519b1c36b7ad4edf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R903a5908748a43e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1242f7ce31d04686" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(IRL) - Solactive Global Pure Gold Miners UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B7KMNP07</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,293 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...241 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,518</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,119</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,767</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -602,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,361</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,643</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,492</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,766</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>