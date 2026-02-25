--- v3 (2026-02-05)
+++ v4 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref190568a854415c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4bc514d5f0344a8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1242f7ce31d04686"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83698bb727f64f7e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R903a5908748a43e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1242f7ce31d04686" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe97a7d386b54d4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83698bb727f64f7e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(IRL) - Solactive Global Pure Gold Miners UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B7KMNP07</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,889</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,298</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,151</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,332</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,504</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>