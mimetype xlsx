--- v4 (2026-02-25)
+++ v5 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4bc514d5f0344a8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff9dca9b09fe4489" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83698bb727f64f7e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05537ee8d56c4236"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe97a7d386b54d4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83698bb727f64f7e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra77321972bb14107" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05537ee8d56c4236" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(IRL) - Solactive Global Pure Gold Miners UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B7KMNP07</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...247 lines deleted...]
-          <x:t>43,089</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,582</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,311</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>42,997</x:t>
-[...355 lines deleted...]
-          <x:t>52,504</x:t>
+          <x:t>43,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,947</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>