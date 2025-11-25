--- v0 (2025-10-07)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb22dcc7c32d48cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc508fd9dd07f48d6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfab9cd50e2484bdc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra066422729b74196"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4fa22f1cb8b4a47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfab9cd50e2484bdc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1841caa81e24c8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra066422729b74196" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(IRL) - S&amp;P 500 UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B7K93397</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>86,565</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,524</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>