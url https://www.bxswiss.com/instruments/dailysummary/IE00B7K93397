--- v1 (2025-11-25)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc508fd9dd07f48d6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e91326943094140" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra066422729b74196"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6cbe0edc4a3e4a59"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1841caa81e24c8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra066422729b74196" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89a0f8e99ca14808" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6cbe0edc4a3e4a59" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(IRL) - S&amp;P 500 UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B7K93397</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...139 lines deleted...]
-          <x:t>89,240</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,656</x:t>
-[...119 lines deleted...]
-          <x:t>07.11.2025</x:t>
+          <x:t>89,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,116</x:t>
-[...306 lines deleted...]
-          <x:t>87,524</x:t>
+          <x:t>87,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,555</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>