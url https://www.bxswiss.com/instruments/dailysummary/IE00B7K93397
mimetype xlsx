--- v2 (2026-01-09)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e91326943094140" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65644ba0d441487f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6cbe0edc4a3e4a59"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9ee4673268d487f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89a0f8e99ca14808" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6cbe0edc4a3e4a59" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0149ff0084d4fed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9ee4673268d487f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(IRL) - S&amp;P 500 UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B7K93397</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,694</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,243</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,496</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +602,58 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,251</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,631</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,158</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,276</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>