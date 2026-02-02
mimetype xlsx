--- v3 (2026-01-10)
+++ v4 (2026-02-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65644ba0d441487f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34a1cf2ac07c434c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9ee4673268d487f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c6fb6339ea247b1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0149ff0084d4fed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9ee4673268d487f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0942515aa2564b48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c6fb6339ea247b1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(IRL) - S&amp;P 500 UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B7K93397</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...274 lines deleted...]
-          <x:t>88,014</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,722</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>87,563</x:t>
-[...193 lines deleted...]
-          <x:t>90,276</x:t>
+          <x:t>88,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,618</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>