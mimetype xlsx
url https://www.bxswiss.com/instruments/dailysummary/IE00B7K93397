--- v4 (2026-02-02)
+++ v5 (2026-02-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34a1cf2ac07c434c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e8545fa91134c1f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c6fb6339ea247b1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red18c8604c0f4890"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0942515aa2564b48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c6fb6339ea247b1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23a92d1885d44a07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red18c8604c0f4890" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(IRL) - S&amp;P 500 UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B7K93397</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,401 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...349 lines deleted...]
-        <x:is>
           <x:t>22.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,744</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,044</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,412</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,661</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -683,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,921</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,702</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,967</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>