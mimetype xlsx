--- v0 (2025-10-12)
+++ v1 (2025-11-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9d4ca650df248b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce48873f6a274030" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b57d4157bcf4dff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfbd3c8ad93e4410c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc06c21cc187e448f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b57d4157bcf4dff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R724af71355b246fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfbd3c8ad93e4410c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares Global Corporate Bond UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B7J7TB45</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...80 lines deleted...]
-          <x:t>15.09.2025</x:t>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,462</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,465</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...158 lines deleted...]
-          <x:t>72,083</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>72,060</x:t>
-[...286 lines deleted...]
-          <x:t>72,750</x:t>
+          <x:t>72,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,962</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>72,666</x:t>
-[...58 lines deleted...]
-          <x:t>72,723</x:t>
+          <x:t>72,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,907</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>