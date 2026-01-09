--- v1 (2025-11-02)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce48873f6a274030" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71b80ce2a36d42db" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfbd3c8ad93e4410c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5637e19564524370"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R724af71355b246fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfbd3c8ad93e4410c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f1d1fc9aa384a50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5637e19564524370" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares Global Corporate Bond UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B7J7TB45</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...112 lines deleted...]
-          <x:t>72,349</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,592</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>72,186</x:t>
-[...102 lines deleted...]
-          <x:t>73,111</x:t>
+          <x:t>72,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,491</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,608</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...77 lines deleted...]
-          <x:t>72,623</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,682</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.10.2025</x:t>
-[...289 lines deleted...]
-          <x:t>72,907</x:t>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,032</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>