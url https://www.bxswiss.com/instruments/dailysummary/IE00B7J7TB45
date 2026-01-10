--- v2 (2026-01-09)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71b80ce2a36d42db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re577223c5b054761" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5637e19564524370"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57102e96678b4c35"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f1d1fc9aa384a50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5637e19564524370" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0551f5c27db4dca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57102e96678b4c35" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares Global Corporate Bond UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B7J7TB45</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,372</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,158</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,251</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +602,58 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,046</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,074</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,884</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,271</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>