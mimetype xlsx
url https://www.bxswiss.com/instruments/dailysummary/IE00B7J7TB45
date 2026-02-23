--- v3 (2026-01-10)
+++ v4 (2026-02-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re577223c5b054761" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb293e91f7e14aef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57102e96678b4c35"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8fd4e95c80314423"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0551f5c27db4dca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57102e96678b4c35" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11fa070dd2d54648" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8fd4e95c80314423" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares Global Corporate Bond UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B7J7TB45</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>73,271</x:t>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,957</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>