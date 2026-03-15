--- v4 (2026-02-23)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb293e91f7e14aef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce7232a457404161" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8fd4e95c80314423"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90c25bb04d934228"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11fa070dd2d54648" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8fd4e95c80314423" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e60a743c6444adf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90c25bb04d934228" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares Global Corporate Bond UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B7J7TB45</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.01.2026</x:t>
-[...63 lines deleted...]
-          <x:t>72,027</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,633</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,423</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>71,591</x:t>
-[...114 lines deleted...]
-          <x:t>02.02.2026</x:t>
+          <x:t>71,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,562</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>71,956</x:t>
-[...53 lines deleted...]
-          <x:t>71,580</x:t>
+          <x:t>71,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>71,436</x:t>
-[...16 lines deleted...]
-          <x:t>71,695</x:t>
+          <x:t>71,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,316</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...298 lines deleted...]
-          <x:t>71,957</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,223</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>