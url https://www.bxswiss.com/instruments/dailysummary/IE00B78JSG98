--- v0 (2025-10-02)
+++ v1 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8e1b034cbc0497e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb965b5b8bd03410f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red90ca67f24b4dbb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5fb4419134854b43"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra70c728df8444faa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red90ca67f24b4dbb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96b30b9fee494359" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5fb4419134854b43" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(IRL) - MSCI USA Value UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B78JSG98</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>96,999</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,121</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>