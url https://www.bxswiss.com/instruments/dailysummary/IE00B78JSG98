--- v1 (2026-01-07)
+++ v2 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb965b5b8bd03410f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8f712cf86e943d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5fb4419134854b43"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7c8a84361f24cfc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96b30b9fee494359" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5fb4419134854b43" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60d50d5eba714514" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7c8a84361f24cfc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(IRL) - MSCI USA Value UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B78JSG98</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>100,121</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,226</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>