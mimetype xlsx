--- v0 (2025-10-09)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R235ec057e33b4f2c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb11b78c8ff154304" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf07ef1271bb74b8a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ec48399de3a4bc0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4a174a9f647435f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf07ef1271bb74b8a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67cae727d172496b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ec48399de3a4bc0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(IRL) - MSCI USA UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B77D4428</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,119</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,439</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,539</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,252</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,058</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,428</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>