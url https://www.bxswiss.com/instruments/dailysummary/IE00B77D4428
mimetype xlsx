--- v1 (2025-10-31)
+++ v2 (2025-11-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb11b78c8ff154304" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52c1cf12dd2c45fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ec48399de3a4bc0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R48c74a99048747ef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67cae727d172496b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ec48399de3a4bc0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf091b15ab88a4c07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R48c74a99048747ef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(IRL) - MSCI USA UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B77D4428</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,384</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,091</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,044</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,968</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,787</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,772</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,250</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>