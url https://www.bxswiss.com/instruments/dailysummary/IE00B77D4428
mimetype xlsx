--- v2 (2025-11-20)
+++ v3 (2026-01-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52c1cf12dd2c45fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63853579b145475d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R48c74a99048747ef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac83c5e3bc444d1a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf091b15ab88a4c07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R48c74a99048747ef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05b4e5de12424564" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac83c5e3bc444d1a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(IRL) - MSCI USA UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B77D4428</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>130,250</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,072</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>