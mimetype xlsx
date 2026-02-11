--- v3 (2026-01-01)
+++ v4 (2026-02-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63853579b145475d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9669017aaf204646" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac83c5e3bc444d1a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6ab03a83efa4d7f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05b4e5de12424564" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac83c5e3bc444d1a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ef5fb0088d74b08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6ab03a83efa4d7f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(IRL) - MSCI USA UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B77D4428</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...446 lines deleted...]
-          <x:t>131,908</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,438</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,785</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>133,072</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,511</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>