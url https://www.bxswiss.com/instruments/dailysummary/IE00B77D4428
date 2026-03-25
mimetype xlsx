--- v4 (2026-02-11)
+++ v5 (2026-03-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9669017aaf204646" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4569cb633b94973" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6ab03a83efa4d7f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra564d2d2afd9452d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ef5fb0088d74b08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6ab03a83efa4d7f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d3f8313e05249f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra564d2d2afd9452d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(IRL) - MSCI USA UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B77D4428</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...539 lines deleted...]
-          <x:t>09.02.2026</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,582</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,973</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...38 lines deleted...]
-          <x:t>129,511</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,457</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>