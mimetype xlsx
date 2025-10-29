--- v0 (2025-10-04)
+++ v1 (2025-10-29)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a5a593967644dad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf04553e5cd8d4702" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcee77c3ab3b44102"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R48bc2aeb2f5846c0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3693ab5392a47ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcee77c3ab3b44102" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0403c5c38cf4ab3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R48bc2aeb2f5846c0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares Global High Yield Corporate Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B74DQ490</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...392 lines deleted...]
-          <x:t>72,298</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,399</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...57 lines deleted...]
-          <x:t>25.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,359</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>72,601</x:t>
-[...80 lines deleted...]
-          <x:t>72,745</x:t>
+          <x:t>72,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,862</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>72,545</x:t>
-[...80 lines deleted...]
-          <x:t>72,427</x:t>
+          <x:t>71,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,281</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>