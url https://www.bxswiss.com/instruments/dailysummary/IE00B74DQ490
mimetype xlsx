--- v1 (2025-10-29)
+++ v2 (2026-01-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf04553e5cd8d4702" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68ada87d11194dcb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R48bc2aeb2f5846c0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa91b1ac3b644b07"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0403c5c38cf4ab3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R48bc2aeb2f5846c0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae661a012f424276" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa91b1ac3b644b07" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares Global High Yield Corporate Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B74DQ490</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>72,661</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,814</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,910</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...465 lines deleted...]
-          <x:t>72,281</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,797</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>