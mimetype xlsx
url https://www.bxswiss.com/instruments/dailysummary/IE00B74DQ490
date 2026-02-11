--- v2 (2026-01-02)
+++ v3 (2026-02-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68ada87d11194dcb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71b37004198f4df9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa91b1ac3b644b07"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8b736c722254fbc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae661a012f424276" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa91b1ac3b644b07" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a3cc2f23c5b41d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8b736c722254fbc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares Global High Yield Corporate Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B74DQ490</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...107 lines deleted...]
-          <x:t>05.12.2025</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,267</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...389 lines deleted...]
-          <x:t>72,797</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,883</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>