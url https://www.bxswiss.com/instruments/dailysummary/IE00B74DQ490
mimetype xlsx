--- v3 (2026-02-11)
+++ v4 (2026-03-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71b37004198f4df9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R954f208d48544749" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8b736c722254fbc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b3d28ea504a47c2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a3cc2f23c5b41d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8b736c722254fbc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5993df801734420b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b3d28ea504a47c2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares Global High Yield Corporate Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B74DQ490</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...323 lines deleted...]
-          <x:t>28.01.2026</x:t>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,602</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>72,041</x:t>
-[...4 lines deleted...]
-          <x:t>71,345</x:t>
+          <x:t>71,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,606</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,882</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>29.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,692</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>71,889</x:t>
-[...252 lines deleted...]
-          <x:t>71,883</x:t>
+          <x:t>71,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,192</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>