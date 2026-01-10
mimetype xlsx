--- v0 (2025-10-07)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R287b54074b994287" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35b45871056648c3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2f5fb09d1fb44d5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6c1bf26af04495f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78a94b6f9a6a45a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2f5fb09d1fb44d5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb212a8bb26aa4115" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6c1bf26af04495f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR S&amp;P US Dividend Aristocrats UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B6YX5D40</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...63 lines deleted...]
-          <x:t>61,665</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>61,511</x:t>
-[...38 lines deleted...]
-          <x:t>61,667</x:t>
+          <x:t>61,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,167</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,053</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>61,492</x:t>
-[...463 lines deleted...]
-          <x:t>61,891</x:t>
+          <x:t>63,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,621</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>