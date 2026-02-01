--- v1 (2026-01-10)
+++ v2 (2026-02-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35b45871056648c3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3296818a5284509" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6c1bf26af04495f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e5eb4e90f21403e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb212a8bb26aa4115" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6c1bf26af04495f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1d1a096f7294382" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e5eb4e90f21403e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR S&amp;P US Dividend Aristocrats UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B6YX5D40</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,401 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...349 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,443</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,403</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,567</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +278,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,298</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,679</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,226</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,854</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>