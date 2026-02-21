--- v2 (2026-02-01)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3296818a5284509" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d9e9c2121514c36" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e5eb4e90f21403e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56e9ef1c311946f6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1d1a096f7294382" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e5eb4e90f21403e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e9aecc3b4d84258" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56e9ef1c311946f6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR S&amp;P US Dividend Aristocrats UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B6YX5D40</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,502 +149,205 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...80 lines deleted...]
-          <x:t>08.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,188</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,111</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>63,167</x:t>
-[...359 lines deleted...]
-        <x:is>
           <x:t>62,321</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,193</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,799</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,168</x:t>
         </x:is>
       </x:c>
@@ -683,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,181</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,181</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,106</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>