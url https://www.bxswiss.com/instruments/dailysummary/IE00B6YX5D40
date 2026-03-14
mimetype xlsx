--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d9e9c2121514c36" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9195d1880434434" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56e9ef1c311946f6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7524a5e870e643e5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e9aecc3b4d84258" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56e9ef1c311946f6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e9aa9bf758e45bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7524a5e870e643e5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR S&amp;P US Dividend Aristocrats UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B6YX5D40</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,104</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,269</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,586</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,240</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,384</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,786</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,058</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,007</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>