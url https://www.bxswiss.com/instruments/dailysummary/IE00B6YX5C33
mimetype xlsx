--- v0 (2025-10-07)
+++ v1 (2025-10-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R868649f1da304ff0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55308f4e8dd84384" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R305aea54d006498b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc2a385b08d44c08"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79fa7ed19dec43db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R305aea54d006498b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd910e6ad58ae4222" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc2a385b08d44c08" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR S&amp;P 500 UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B6YX5C33</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>527,847</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>529,953</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>526,327</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>527,956</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>536,627</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>538,267</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>534,438</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>535,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,356</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>