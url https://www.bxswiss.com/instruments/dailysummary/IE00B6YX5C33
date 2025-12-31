--- v1 (2025-10-28)
+++ v2 (2025-12-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55308f4e8dd84384" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc83761bd4ae549df" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc2a385b08d44c08"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1831629eefd4f6c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd910e6ad58ae4222" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc2a385b08d44c08" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33ffb1076ddd4e47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1831629eefd4f6c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR S&amp;P 500 UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B6YX5C33</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>545,356</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,572</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>