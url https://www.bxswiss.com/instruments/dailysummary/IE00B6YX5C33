--- v2 (2025-12-31)
+++ v3 (2026-02-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc83761bd4ae549df" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78e8dc68216841d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1831629eefd4f6c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff1e333ca6854637"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33ffb1076ddd4e47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1831629eefd4f6c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8f1560ab7914ac6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff1e333ca6854637" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR S&amp;P 500 UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B6YX5C33</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...505 lines deleted...]
-          <x:t>544,572</x:t>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>556,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>556,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,425</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>