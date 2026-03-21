--- v3 (2026-02-09)
+++ v4 (2026-03-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78e8dc68216841d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf70eb3d43764f58" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff1e333ca6854637"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reffc8ab20c284173"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8f1560ab7914ac6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff1e333ca6854637" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd56a357614604118" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reffc8ab20c284173" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR S&amp;P 500 UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B6YX5C33</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.01.2026</x:t>
-[...586 lines deleted...]
-          <x:t>534,425</x:t>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,226</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>