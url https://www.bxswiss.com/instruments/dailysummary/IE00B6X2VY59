--- v0 (2025-11-26)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78f58cd391344c7c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R496a9cbb6ef14238" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14d283d3a13046de"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77d2086949054cf0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ae7c88c792941e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14d283d3a13046de" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5e17040a05b4c65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77d2086949054cf0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V EUR Corporate Bond Interest Rate Hedged ESG UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B6X2VY59</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,817</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,041</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,628</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,023</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +305,517 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,778</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,091</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,558</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,887</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>