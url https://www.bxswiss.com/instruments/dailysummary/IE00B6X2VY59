--- v1 (2025-12-20)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R496a9cbb6ef14238" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29ea4035661a4961" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77d2086949054cf0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4ef28bc38c64bec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5e17040a05b4c65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77d2086949054cf0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5231d32d892d4659" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4ef28bc38c64bec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V EUR Corporate Bond Interest Rate Hedged ESG UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B6X2VY59</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,505 +149,127 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...301 lines deleted...]
-          <x:t>93,073</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,313</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,371</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...143 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,396</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,396</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,889</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,020</x:t>
@@ -791,31 +413,247 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,682</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,078</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>