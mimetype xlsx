--- v2 (2026-01-09)
+++ v3 (2026-02-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29ea4035661a4961" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19ffc9378c17485b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4ef28bc38c64bec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1a1b75b10434845"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5231d32d892d4659" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4ef28bc38c64bec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf42fe5f7fa0a4d59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1a1b75b10434845" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V EUR Corporate Bond Interest Rate Hedged ESG UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B6X2VY59</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...90 lines deleted...]
-          <x:t>92,396</x:t>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,889</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,020</x:t>
-[...232 lines deleted...]
-          <x:t>91,866</x:t>
+          <x:t>92,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,324</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,648</x:t>
-[...134 lines deleted...]
-          <x:t>92,078</x:t>
+          <x:t>91,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,459</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>