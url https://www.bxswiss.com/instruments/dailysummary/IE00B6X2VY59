--- v3 (2026-02-18)
+++ v4 (2026-03-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19ffc9378c17485b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72c4834450d643e7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1a1b75b10434845"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55d7f41fe46f4b9a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf42fe5f7fa0a4d59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1a1b75b10434845" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97d2a3c13e5e4914" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55d7f41fe46f4b9a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V EUR Corporate Bond Interest Rate Hedged ESG UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B6X2VY59</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>06.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,091</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,784</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,927</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,564</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,071</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,117</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>