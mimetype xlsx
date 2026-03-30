--- v4 (2026-03-10)
+++ v5 (2026-03-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72c4834450d643e7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02796e53fbae4362" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55d7f41fe46f4b9a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a41703ef2b540a4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97d2a3c13e5e4914" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55d7f41fe46f4b9a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd52a57b91b74aca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a41703ef2b540a4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V EUR Corporate Bond Interest Rate Hedged ESG UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B6X2VY59</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.02.2026</x:t>
-[...58 lines deleted...]
-          <x:t>90,567</x:t>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,616</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,198</x:t>
-[...517 lines deleted...]
-          <x:t>89,117</x:t>
+          <x:t>89,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,426</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>