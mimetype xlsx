--- v0 (2025-10-12)
+++ v1 (2026-01-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19aedf94b66b43e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79d6b0909ef248c1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76ee62cd75ab436c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R410e952f2ff3474c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59c899533e984a05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76ee62cd75ab436c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49a09a0170f74135" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R410e952f2ff3474c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V J.P. Morgan USD EM Corporate Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B6TLBW47</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...566 lines deleted...]
-          <x:t>09.10.2025</x:t>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,087</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>74,274</x:t>
-[...36 lines deleted...]
-          <x:t>73,594</x:t>
+          <x:t>74,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,584</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>