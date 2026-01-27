--- v1 (2026-01-05)
+++ v2 (2026-01-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79d6b0909ef248c1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ce59f388a024c2a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R410e952f2ff3474c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9140678d46b449e7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49a09a0170f74135" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R410e952f2ff3474c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb031e9bc72f74084" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9140678d46b449e7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V J.P. Morgan USD EM Corporate Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B6TLBW47</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.12.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,556</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,733</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,599</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,608</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,403</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,697</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>