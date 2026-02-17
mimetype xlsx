--- v2 (2026-01-27)
+++ v3 (2026-02-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ce59f388a024c2a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe31a3e358204725" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9140678d46b449e7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1386a7b516584379"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb031e9bc72f74084" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9140678d46b449e7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b8b46de70f04974" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1386a7b516584379" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V J.P. Morgan USD EM Corporate Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B6TLBW47</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,347 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.12.2025</x:t>
-[...295 lines deleted...]
-        <x:is>
           <x:t>16.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,797</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,797</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,004</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,112</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,226</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,516</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,581</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>