--- v3 (2026-02-17)
+++ v4 (2026-03-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe31a3e358204725" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55a20192d6ae46e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1386a7b516584379"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86ee427371fa4f7a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b8b46de70f04974" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1386a7b516584379" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e0753e099d3404e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86ee427371fa4f7a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V J.P. Morgan USD EM Corporate Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B6TLBW47</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>05.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,961</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,233</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,003</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,446</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,654</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,311</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,042</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>