--- v4 (2026-03-09)
+++ v5 (2026-03-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55a20192d6ae46e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00b482577da949e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86ee427371fa4f7a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ba4339bd6234d61"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e0753e099d3404e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86ee427371fa4f7a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67250875b3b846fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ba4339bd6234d61" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V J.P. Morgan USD EM Corporate Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B6TLBW47</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.02.2026</x:t>
-[...107 lines deleted...]
-          <x:t>11.02.2026</x:t>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,641</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>71,323</x:t>
-[...468 lines deleted...]
-          <x:t>71,042</x:t>
+          <x:t>70,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,493</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>