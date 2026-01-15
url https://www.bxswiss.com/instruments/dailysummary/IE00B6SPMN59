--- v0 (2025-12-26)
+++ v1 (2026-01-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac286a851cca421a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8653110733b84d77" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f388c5862bd48bd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9040cfe0c8a340b4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb9245d9edfe4919" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f388c5862bd48bd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33e03eeab8144445" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9040cfe0c8a340b4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares Edge VI S&amp;P 500 Minimum Volatility UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B6SPMN59</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,77 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.11.2025</x:t>
-[...338 lines deleted...]
-          <x:t>85,967</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,884</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,321</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...79 lines deleted...]
-        <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,144</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,292</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,518</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,599</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,328 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,929</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,973</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>