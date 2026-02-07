--- v1 (2026-01-15)
+++ v2 (2026-02-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8653110733b84d77" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d1dafd34ed746e1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9040cfe0c8a340b4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4b9a124252b4b68"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33e03eeab8144445" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9040cfe0c8a340b4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8eae699496ef4a3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4b9a124252b4b68" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares Edge VI S&amp;P 500 Minimum Volatility UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B6SPMN59</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,320 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...268 lines deleted...]
-        <x:is>
           <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,009</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,957</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,759</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,101</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,583</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,078</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>