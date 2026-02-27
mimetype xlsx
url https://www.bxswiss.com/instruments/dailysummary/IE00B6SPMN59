--- v2 (2026-02-07)
+++ v3 (2026-02-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d1dafd34ed746e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90a70f4f99444656" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4b9a124252b4b68"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e83d89a8b084cf3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8eae699496ef4a3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4b9a124252b4b68" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1cf023d0cb6742af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e83d89a8b084cf3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares Edge VI S&amp;P 500 Minimum Volatility UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B6SPMN59</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,833</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,237</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,889</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,191</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,294</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,054</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>