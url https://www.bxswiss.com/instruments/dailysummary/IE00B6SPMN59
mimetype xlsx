--- v3 (2026-02-27)
+++ v4 (2026-03-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90a70f4f99444656" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49b70a614da84734" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e83d89a8b084cf3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6fad74e9c1164c1c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1cf023d0cb6742af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e83d89a8b084cf3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb9cf907a2c64a4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6fad74e9c1164c1c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares Edge VI S&amp;P 500 Minimum Volatility UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B6SPMN59</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,606</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,904</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,273</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,271</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,584</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>