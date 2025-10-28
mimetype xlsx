--- v0 (2025-10-08)
+++ v1 (2025-10-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a4ab2a07ddf400a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e21d2eb620d4303" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfcafe034cf964a14"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc1050f48324497b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc77288efe62c4bbf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfcafe034cf964a14" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20f35f9b845d4eef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc1050f48324497b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V MSCI ACWI UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B6R52259</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,438 +149,60 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...220 lines deleted...]
-          <x:t>82,685</x:t>
+          <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,107</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>82,541</x:t>
-[...155 lines deleted...]
-        <x:is>
           <x:t>83,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,956</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,192</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,604</x:t>
         </x:is>
       </x:c>
@@ -737,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>07.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,784</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,132</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,543</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,030</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>