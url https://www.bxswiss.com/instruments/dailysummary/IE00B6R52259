--- v1 (2025-10-28)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e21d2eb620d4303" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc34cef8e8ba48e9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc1050f48324497b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ff3afb240a1424f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20f35f9b845d4eef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc1050f48324497b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R476a2cbce5804bc3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ff3afb240a1424f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V MSCI ACWI UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B6R52259</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,278</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,341</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,753</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,314</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +305,517 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,047</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,077</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,817</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,785</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>