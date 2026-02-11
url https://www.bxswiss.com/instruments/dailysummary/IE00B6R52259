--- v2 (2025-11-21)
+++ v3 (2026-02-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc34cef8e8ba48e9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd61b4fe26504f07" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ff3afb240a1424f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5886e08bb1444f28"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R476a2cbce5804bc3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ff3afb240a1424f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf752598565eb4256" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5886e08bb1444f28" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V MSCI ACWI UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B6R52259</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...247 lines deleted...]
-          <x:t>86,686</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,418</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,893</x:t>
-        </x:is>
-[...386 lines deleted...]
-          <x:t>84,785</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>