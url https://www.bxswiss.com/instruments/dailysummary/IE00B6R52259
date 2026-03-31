--- v3 (2026-02-11)
+++ v4 (2026-03-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd61b4fe26504f07" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf04a3789b9a34c7e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5886e08bb1444f28"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ac73c0eaf4c4a52"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf752598565eb4256" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5886e08bb1444f28" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7d712491cee4618" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ac73c0eaf4c4a52" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V MSCI ACWI UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B6R52259</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...311 lines deleted...]
-          <x:t>86,306</x:t>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,569</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...266 lines deleted...]
-          <x:t>86,893</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,785</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>