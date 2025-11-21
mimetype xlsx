--- v0 (2025-11-01)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8995702f81046fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3eead8d066e44329" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e67fda0bb754073"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a8c7f47679e4122"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd662d9f846564196" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e67fda0bb754073" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb014028178ea46fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a8c7f47679e4122" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V Agribusiness UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B6R52143</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>01.10.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>40,209</x:t>
-[...529 lines deleted...]
-          <x:t>29.10.2025</x:t>
+          <x:t>39,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,373</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,627</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>39,838</x:t>
-[...63 lines deleted...]
-          <x:t>38,977</x:t>
+          <x:t>39,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,228</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>