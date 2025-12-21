--- v1 (2025-11-21)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3eead8d066e44329" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64233b360de94a30" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a8c7f47679e4122"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ba9b01c9137497e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb014028178ea46fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a8c7f47679e4122" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R267b7eb9ea4a467e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ba9b01c9137497e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V Agribusiness UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B6R52143</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...176 lines deleted...]
-          <x:t>39,400</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,842</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...455 lines deleted...]
-          <x:t>39,228</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,096</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>