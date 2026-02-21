--- v2 (2025-12-21)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64233b360de94a30" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8340945129644dde" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ba9b01c9137497e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ac1553c007648ae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R267b7eb9ea4a467e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ba9b01c9137497e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7920e934f6ad4b57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ac1553c007648ae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V Agribusiness UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B6R52143</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...613 lines deleted...]
-          <x:t>40,096</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,668</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>