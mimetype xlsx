--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8340945129644dde" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R682efb17c91f43de" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ac1553c007648ae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ec8544179a04cdc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7920e934f6ad4b57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ac1553c007648ae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a1002e7259b4e3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ec8544179a04cdc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V Agribusiness UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B6R52143</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...188 lines deleted...]
-          <x:t>29.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>44,173</x:t>
+          <x:t>44,367</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>42,962</x:t>
-[...16 lines deleted...]
-          <x:t>43,066</x:t>
+          <x:t>44,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>42,974</x:t>
-[...168 lines deleted...]
-          <x:t>10.02.2026</x:t>
+          <x:t>45,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>44,367</x:t>
-[...31 lines deleted...]
-          <x:t>44,476</x:t>
+          <x:t>45,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,038</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,153</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>38,735</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>38,735</x:t>
-[...166 lines deleted...]
-          <x:t>45,668</x:t>
+          <x:t>45,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,846</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>