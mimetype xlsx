--- v0 (2025-10-12)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref6085b24103415c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35343aca99b54750" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra385c5399fd94f2e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdfb6a52bd96e44ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4e29270324a4b3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra385c5399fd94f2e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbdf348caa4e54d4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdfb6a52bd96e44ba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V Gold Producers UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B6R52036</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,723</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,964</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,004</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,649</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,924</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,372</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,160</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>