--- v1 (2025-11-01)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35343aca99b54750" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae76fae5d4e84489" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdfb6a52bd96e44ba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1d430e51e5845da"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbdf348caa4e54d4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdfb6a52bd96e44ba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3934986db4e34780" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1d430e51e5845da" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V Gold Producers UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B6R52036</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...198 lines deleted...]
-          <x:t>29,149</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,943</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28,105</x:t>
-[...431 lines deleted...]
-          <x:t>26,160</x:t>
+          <x:t>28,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,042</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>