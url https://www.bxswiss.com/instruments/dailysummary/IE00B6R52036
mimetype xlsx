--- v2 (2025-11-21)
+++ v3 (2026-01-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae76fae5d4e84489" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4cd8b2fe4c114b70" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1d430e51e5845da"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc1586ac129a4bed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3934986db4e34780" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1d430e51e5845da" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88e9da44adb541fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc1586ac129a4bed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V Gold Producers UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B6R52036</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>28,042</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,840</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>