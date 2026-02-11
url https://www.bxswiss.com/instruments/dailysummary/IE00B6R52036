--- v3 (2026-01-01)
+++ v4 (2026-02-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4cd8b2fe4c114b70" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7fff107fca80498f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc1586ac129a4bed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8489569d508c422d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88e9da44adb541fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc1586ac129a4bed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2443cada25d54d2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8489569d508c422d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V Gold Producers UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B6R52036</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...505 lines deleted...]
-          <x:t>31,840</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,867</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>