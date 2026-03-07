--- v4 (2026-02-11)
+++ v5 (2026-03-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7fff107fca80498f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1bed2b89b96145ca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8489569d508c422d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f9ac8877c5e4172"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2443cada25d54d2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8489569d508c422d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0175eda960a5440f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f9ac8877c5e4172" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V Gold Producers UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B6R52036</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>03.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,229</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,807</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,414</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +305,517 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,593</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,938</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,401</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,382</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>