--- v5 (2026-03-07)
+++ v6 (2026-03-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1bed2b89b96145ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0223183bff0d43e6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f9ac8877c5e4172"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72129af837a74363"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0175eda960a5440f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f9ac8877c5e4172" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f620ddef7a44af2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72129af837a74363" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V Gold Producers UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B6R52036</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.02.2026</x:t>
-[...122 lines deleted...]
-          <x:t>34,551</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,442</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,726</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...509 lines deleted...]
-          <x:t>36,382</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,762</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>