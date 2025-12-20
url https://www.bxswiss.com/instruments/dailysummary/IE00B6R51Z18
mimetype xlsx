--- v0 (2025-10-15)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7b54b09ef7a4643" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re48763df7a3f4b8d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7cabc0eb2ce4e5f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf53ea0ffdfa54585"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83abaf839ad54fae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7cabc0eb2ce4e5f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rceee47891cad4e27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf53ea0ffdfa54585" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V Oil &amp; Gas Exploration &amp; Production UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B6R51Z18</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...203 lines deleted...]
-          <x:t>20,699</x:t>
+          <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,213</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...261 lines deleted...]
-          <x:t>20,996</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,034</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,195</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>20,199</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,889</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>