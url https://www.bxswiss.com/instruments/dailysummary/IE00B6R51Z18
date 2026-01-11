--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re48763df7a3f4b8d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7d5f8d02e6d444d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf53ea0ffdfa54585"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9c6b9d813764399"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rceee47891cad4e27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf53ea0ffdfa54585" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c7c851355e84918" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9c6b9d813764399" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V Oil &amp; Gas Exploration &amp; Production UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B6R51Z18</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,188</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,328</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,891</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,124</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,694</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,938</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,641</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,173</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>