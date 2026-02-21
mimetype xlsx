--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7d5f8d02e6d444d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3a1e52aa8a04a8e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9c6b9d813764399"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3cf00fa754bb416b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c7c851355e84918" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9c6b9d813764399" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R022800b9d25649bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3cf00fa754bb416b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V Oil &amp; Gas Exploration &amp; Production UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B6R51Z18</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>21,173</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,463</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>