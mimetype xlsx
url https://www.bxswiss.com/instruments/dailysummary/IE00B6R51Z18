--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3a1e52aa8a04a8e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b0e0e088f5b4b90" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3cf00fa754bb416b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88ea3cd41e40427c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R022800b9d25649bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3cf00fa754bb416b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb85b367fa52b4f10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88ea3cd41e40427c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V Oil &amp; Gas Exploration &amp; Production UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B6R51Z18</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,018</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,242</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,843</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,039</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,721</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,721</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,394</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,258</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>