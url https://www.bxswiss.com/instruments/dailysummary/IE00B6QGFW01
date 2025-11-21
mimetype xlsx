--- v0 (2025-10-10)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43ad556984be44a7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb1a393179974f53" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f5626e1a3da4667"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd41723ea2b34ccf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc565927d54084e37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f5626e1a3da4667" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4131bd8320ea4770" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd41723ea2b34ccf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Emerging Asia Local Government Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B6QGFW01</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...301 lines deleted...]
-          <x:t>70,524</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,433</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,847</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>70,332</x:t>
-[...11 lines deleted...]
-          <x:t>24.09.2025</x:t>
+          <x:t>70,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>70,585</x:t>
-[...183 lines deleted...]
-          <x:t>70,520</x:t>
+          <x:t>70,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,687</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>70,226</x:t>
-[...112 lines deleted...]
-          <x:t>70,963</x:t>
+          <x:t>70,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,271</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>