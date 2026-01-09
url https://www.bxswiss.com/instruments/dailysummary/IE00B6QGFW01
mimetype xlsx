--- v1 (2025-11-21)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb1a393179974f53" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10e77ecc0bd144e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd41723ea2b34ccf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R934a88f0f1584a7f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4131bd8320ea4770" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd41723ea2b34ccf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb4ae9ebeff1474b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R934a88f0f1584a7f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Emerging Asia Local Government Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B6QGFW01</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...176 lines deleted...]
-          <x:t>69,878</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,976</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,136</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...207 lines deleted...]
-          <x:t>70,192</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,636</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,250</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>70,282</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,312</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>69,960</x:t>
-[...193 lines deleted...]
-          <x:t>70,271</x:t>
+          <x:t>70,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,485</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>