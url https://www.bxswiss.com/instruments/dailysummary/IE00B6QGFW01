--- v2 (2026-01-09)
+++ v3 (2026-02-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10e77ecc0bd144e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3a7a7e58a7f4242" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R934a88f0f1584a7f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9452f1fec025430f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb4ae9ebeff1474b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R934a88f0f1584a7f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80db792820684c0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9452f1fec025430f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Emerging Asia Local Government Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B6QGFW01</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>70,485</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,946</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>