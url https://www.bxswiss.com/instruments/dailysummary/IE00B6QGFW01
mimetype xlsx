--- v3 (2026-02-13)
+++ v4 (2026-03-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3a7a7e58a7f4242" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R583b05c12c234a37" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9452f1fec025430f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ab12d5378db4c71"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80db792820684c0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9452f1fec025430f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R258c5b34b67440b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ab12d5378db4c71" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Emerging Asia Local Government Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B6QGFW01</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...176 lines deleted...]
-          <x:t>67,538</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,221</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,688</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...143 lines deleted...]
-          <x:t>66,541</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>66,406</x:t>
-[...119 lines deleted...]
-          <x:t>04.02.2026</x:t>
+          <x:t>67,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>67,158</x:t>
-[...85 lines deleted...]
-          <x:t>66,150</x:t>
+          <x:t>67,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,936</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,276</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>11.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,363</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>67,888</x:t>
-[...36 lines deleted...]
-          <x:t>66,946</x:t>
+          <x:t>66,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,293</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>