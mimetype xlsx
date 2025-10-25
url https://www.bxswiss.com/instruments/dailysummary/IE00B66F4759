--- v0 (2025-10-05)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a13dc9731044738" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a5eb8ddc13845ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf2b2b2ef7704ebf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7e7961ac7d142f2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60690338314944c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf2b2b2ef7704ebf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red74c8573e50483c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7e7961ac7d142f2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares € High Yield Corp Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B66F4759</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,576</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,324</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,460</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,753</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,416</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,603</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>