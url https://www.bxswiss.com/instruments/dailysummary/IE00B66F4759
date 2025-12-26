--- v1 (2025-10-25)
+++ v2 (2025-12-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a5eb8ddc13845ef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2c9dcc3e4884bf5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7e7961ac7d142f2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93930fe8941843dc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red74c8573e50483c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7e7961ac7d142f2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree8badeda5624e3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93930fe8941843dc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares € High Yield Corp Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B66F4759</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>86,576</x:t>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,417</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>86,324</x:t>
-[...11 lines deleted...]
-          <x:t>25.09.2025</x:t>
+          <x:t>86,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,096</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,588</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>87,016</x:t>
-[...58 lines deleted...]
-          <x:t>86,266</x:t>
+          <x:t>86,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,701</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,499</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...10 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,637</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...492 lines deleted...]
-          <x:t>85,603</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,561</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>