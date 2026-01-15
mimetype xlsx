--- v2 (2025-12-26)
+++ v3 (2026-01-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2c9dcc3e4884bf5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76338f5dc2dd4832" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93930fe8941843dc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfcdeffde15634ee1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree8badeda5624e3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93930fe8941843dc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7350e4bbd18b4e0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfcdeffde15634ee1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares € High Yield Corp Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B66F4759</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.11.2025</x:t>
-[...230 lines deleted...]
-          <x:t>86,631</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,648</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,773</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...94 lines deleted...]
-          <x:t>87,096</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,469</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,588</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...244 lines deleted...]
-          <x:t>86,561</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,054</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>