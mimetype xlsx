--- v3 (2026-01-15)
+++ v4 (2026-02-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76338f5dc2dd4832" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30d8c56fd9524ebc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfcdeffde15634ee1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c4646601cb34b00"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7350e4bbd18b4e0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfcdeffde15634ee1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra795695cc24f4af3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c4646601cb34b00" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares € High Yield Corp Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B66F4759</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...41 lines deleted...]
-          <x:t>86,714</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,778</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...401 lines deleted...]
-          <x:t>87,054</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,732</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>