--- v4 (2026-02-06)
+++ v5 (2026-02-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30d8c56fd9524ebc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e725fe3b90c497e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c4646601cb34b00"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7217859e596342da"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra795695cc24f4af3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c4646601cb34b00" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re73e90454dcc41de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7217859e596342da" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares € High Yield Corp Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B66F4759</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,268</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,348</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,024</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,266</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>05.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,863</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,921</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,517</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,530</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>