--- v5 (2026-02-26)
+++ v6 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e725fe3b90c497e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbebe0eaecf4a46c5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7217859e596342da"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c2cee682bf44113"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re73e90454dcc41de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7217859e596342da" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd813eac142c34b5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c2cee682bf44113" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares € High Yield Corp Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B66F4759</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...203 lines deleted...]
-          <x:t>85,724</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,562</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,778</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...300 lines deleted...]
-          <x:t>20.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>85,731</x:t>
+          <x:t>85,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,374</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>85,638</x:t>
-[...6 lines deleted...]
-          <x:t>23.02.2026</x:t>
+          <x:t>85,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,562</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>85,778</x:t>
-[...63 lines deleted...]
-          <x:t>85,530</x:t>
+          <x:t>85,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,507</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>