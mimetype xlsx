--- v0 (2025-10-15)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1350e998475d4380" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc9e9d77778a4ff9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R051d730a0b6244cb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0907b35356104fd3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5af7357410464d62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R051d730a0b6244cb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13212e1b99c94143" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0907b35356104fd3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V EM Dividend UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B652H904</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>13,185</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,876</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>