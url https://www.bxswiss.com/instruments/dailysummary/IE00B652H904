--- v1 (2025-12-20)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc9e9d77778a4ff9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R763954e309b24796" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0907b35356104fd3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8745e0c1f319415a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13212e1b99c94143" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0907b35356104fd3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb177f9819b1e4aef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8745e0c1f319415a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V EM Dividend UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B652H904</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...85 lines deleted...]
-          <x:t>13,765</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,812</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,844</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,666</x:t>
-[...286 lines deleted...]
-          <x:t>13,948</x:t>
+          <x:t>13,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,059</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,113</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...249 lines deleted...]
-          <x:t>13,876</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,465</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>