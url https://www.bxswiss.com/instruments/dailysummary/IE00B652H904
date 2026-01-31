--- v2 (2026-01-10)
+++ v3 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R763954e309b24796" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98eeda829482425e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8745e0c1f319415a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00d116cf1d7a4deb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb177f9819b1e4aef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8745e0c1f319415a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0e67171816a4b15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00d116cf1d7a4deb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V EM Dividend UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B652H904</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,387 +149,63 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...41 lines deleted...]
-          <x:t>13,887</x:t>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,806</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,905</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...285 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,791</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,904</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,087</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,143</x:t>
@@ -629,31 +305,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,477</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,327</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,803</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>