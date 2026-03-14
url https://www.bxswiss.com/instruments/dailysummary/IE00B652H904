--- v3 (2026-01-31)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98eeda829482425e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfca5911eb9954925" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00d116cf1d7a4deb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R832cfe7c90cd4929"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0e67171816a4b15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00d116cf1d7a4deb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9cf3eb02afe84488" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R832cfe7c90cd4929" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V EM Dividend UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B652H904</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...242 lines deleted...]
-          <x:t>15.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,668</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,737</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...308 lines deleted...]
-          <x:t>14,803</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,001</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>